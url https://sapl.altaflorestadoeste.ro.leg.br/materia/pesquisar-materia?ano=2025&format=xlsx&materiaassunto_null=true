--- v0 (2025-12-28)
+++ v1 (2026-03-28)
@@ -10,2353 +10,2650 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1686" uniqueCount="761">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1892" uniqueCount="859">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
-    <t>Projeto de Lei Ordinária</t>
+    <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Alta Floresta D'Oeste - PMAF</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/432/pl_01.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/432/pl_01.pdf</t>
   </si>
   <si>
     <t>ALTERA O §1º DO ARTIGO 1º DA LEI Nº 1.672/2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/433/pl_02.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/433/pl_02.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGO 1º E 13 DA LEI 1.890/2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/434/pl_03.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/434/pl_03.pdf</t>
   </si>
   <si>
     <t>DENOMINA O PARQUE LINEAR MUNICIPAL COMO JOSÉ PEREIRA DE ASSIS.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/431/pl_04.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/431/pl_04.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS. (R$ 100 MIL - APAE)</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/435/05_reajuste__geral_2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/435/05_reajuste__geral_2025.pdf</t>
   </si>
   <si>
     <t>“Autoriza ao Poder Executivo Municipal a conceder a reajuste salarial aos servidores públicos municipais.”</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/436/pl_06.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/436/pl_06.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI Nº 1058/2011 ALTERADO PELA LEI Nº 1074/2012.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/440/pl_07.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/440/pl_07.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS" (R$ 500 MIL - DEP LUCIO MOSQUINI - VAN)</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/455/011_ab_credito_especial_federal_semed_271.17925.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/455/011_ab_credito_especial_federal_semed_271.17925.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 271.179,25 - Escola Tempo Integral SEMED)</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/456/012_ab_credito_especial_federal_semagri_300.00000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/456/012_ab_credito_especial_federal_semagri_300.00000.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 300.000,00 Triturador de galhos - SEMAGRI)</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/457/013_ab_credito_especial_federal_semie_500.00000_t.e.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/457/013_ab_credito_especial_federal_semie_500.00000_t.e.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS”_x000D_
 (R$ 500.000,00 Retroescavadeira SEMIE Senador Confúcio)</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/458/pl_14.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/458/pl_14.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 567.000,00 Ambulância e Analisador Bioquímico Dep Jean Mendonça)</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/507/pl_15.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/507/pl_15-2025_2.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DA OUTRAS PROVIDÊNCIAS" (R$ 700.000,00 FMS - MICRO ÔNIBUS 33 PASSAGEIROS. DEP THIAGO FLORES)</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/491/pl_16-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA O CAPUT DO ARTIGO 1º DA LEI Nº 1.801/2023” (Auxílio Agro-Feira para Agentes Políticos)</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/</t>
+  </si>
+  <si>
     <t>DISPOE SOBRE ABERTURA DE CREDIO ADICIONAL ESPECIAL POR RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (R$ 428.000,00 - Consultas e Cirurgias Oftalmológicos. Dep Ribeiro da Sinpol)</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/498/018_ab_credito_por_anulacao_de_dotacao_semagri_71.51982.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/498/018_ab_credito_por_anulacao_de_dotacao_semagri_71.51982.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR ANULAÇÃO DE DOTAÇÃO DO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS. (R$ 71.519,82 - CONTRAPARTIDA PICADOR DE GALHOS E ADITIVO REFORMA DA FEIRA)</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/505/019_ab_credito_por_anulacao_de_dotacao_camara_municipal_371.31444.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/505/019_ab_credito_por_anulacao_de_dotacao_camara_municipal_371.31444.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS _x000D_
 PROVIDENCIAS” (R$ 371.314,44 - Remanejamento da Câmara)</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS. (R$ 1.279.000,00 SEMIE - Iluminação Campo de Futebol Porto Rolim e Britador)</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/514/pl_21-2025.pdf</t>
+  </si>
+  <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS. (Reforma e construções de salas Escolas Municipais)</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS. (R$ 691.245,37 Reprogramação Assistência Social)</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/524/pl_23_ab_credito_especial_estadual_saude_valor_223.00000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/524/pl_23_ab_credito_especial_estadual_saude_valor_223.00000.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO   VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 223.000,00 - Ambulância Furgoneta Dep. Lucas Torres)</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/525/pl_24_ab_credito_especial_estadual_semec_valor_24.96000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/525/pl_24_ab_credito_especial_estadual_semec_valor_24.96000.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO   VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 24.960,00 - Uniformes Esportivos Dep. Luizinho Goebel)</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/526/pl_25_ab_credito_especial_federal_saude_304.80000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/526/pl_25_ab_credito_especial_federal_saude_304.80000.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO   VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 304.800,00 - Unidade Móvel de Saúde Sen. Marco Rogério)</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/516/pl_26_ab_credito_especial_federal_semie_729.50000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/516/pl_26_ab_credito_especial_federal_semie_729.50000.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (R$ 729.500,00 - Dep. Thiago Flores - Caminhão Pipa)</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/517/pl_27-2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/517/pl_27-2025.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ANEXO ÚNICO DA LEI MUNICIPAL Nº 1.683/2022 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/531/pl_28_altera_anexo_unico_da_885_quadro_de_vagas_assistente_social_semtras.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/531/pl_28_altera_anexo_unico_da_885_quadro_de_vagas_assistente_social_semtras.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO UNICO DA LEI MUNICIPAL 885/2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/530/pl_29_projeto_de_lei_-_apenados_2.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/530/pl_29_projeto_de_lei_-_apenados_2.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O ESTADO DE RONDÔNIA, POR INTERMÉDIO DA SECRETARIA DE ESTADO E JUSTIÇA – SEJUS, E DÁ OUTRAS PROVIDÊNCIAS”,</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/540/pl_030_projeto_de_lei_-_descontos_e_consignacoes.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/540/pl_030_projeto_de_lei_-_descontos_e_consignacoes.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as normas pertinentes a consignação em folhas de pagamento de servidores do município de Alta Floresta D’ Oeste/RO, e dá outras providencias.”.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/536/pl_31_ab_credito_por_anulacao_de_dotacao_camara_municipal_e_semed__571.35332.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/536/pl_31_ab_credito_por_anulacao_de_dotacao_camara_municipal_e_semed__571.35332.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E ESPECIAL POR ANULAÇÃO DE DOTAÇÃO ORÇAMENTÁRIA NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS. (R$ 571.353,32)</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/537/pl_32_ab_credito_especial_federal_semie_1.000.00000_t.e.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/537/pl_32_ab_credito_especial_federal_semie_1.000.00000_t.e.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E ESPECIAL POR ANULAÇÃO DE DOTAÇÃO ORÇAMENTÁRIA NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS. (R$ 1.000.000,00 - ROLO COMPACTADOR, ex Dep. Jaqueline Cassol)</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/542/pl_33.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/542/pl_33.pdf</t>
   </si>
   <si>
     <t>"CRIA JUNTO A SECRETARIA MUNICIPAL DE INFRAESTRUTURA A GRATIFICAÇÃO GFSF."</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/544/pl_34-2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/544/pl_34-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de crédito adicional suplementar por anulação de dotação no orçamento vigente e autoriza ao executivo municipal a adquirir área/imóvel rural e dá outras providências”</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/545/pl_35.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/545/pl_35.pdf</t>
   </si>
   <si>
     <t>"DISPOE SOBRE AUTORIZAÇÃO PARA FORMALIZAR CONVÊNIO E ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS" (R$ 15.000,00 - Associação Chico Mendes em Novo Horizonte D'Oeste)</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/547/pl_36.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/547/pl_36.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO   VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 335.598,56 - Programa Compartilhando Saúde - 89 Cirurgias</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/562/pl_38-completo.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/562/pl_38-completo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação e regulamentação do cargo público de Agente Comunitário de Saúde – ACS e Agente Comunitário de Endemias – ACE sob o regime celetista no âmbito da Secretaria Municipal de Saúde de Alta Floresta D’Oeste, e dá outras providências"</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/563/pl_39-2025_completo.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/563/pl_39-2025_completo.pdf</t>
   </si>
   <si>
     <t>“Estabelece o Regime Disciplinar dos servidores públicos municipais e institui a Comissão Disciplinar e dá outras providências. ”</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/564/pl_40.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/564/pl_40.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSO VINCULADO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 50 MIL, Associação Scarlett - Dep. Silvia Cristina)</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/565/pl_41.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/565/pl_41.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO   VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 688.140,00 SEMAF. Dep Ribeiro da Simpol e Cirone Deiró R$ 650.000,00 + R$ 38.140,00 Contrapartida Municipal)</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/568/pl_42.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/568/pl_42.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CREDITO ADICIONAL ESPECIAL  COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS_x000D_
  PROVIDENCIAS (R$ 3.335.713,31 – Recapeamento, sendo R$ 2.043.922,03 Afonso Candido e R$ 1.291.791,28 Ribeiro da Simpol)</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/585/043_ab_credito_especial_federal_semie_778.64539.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/585/043_ab_credito_especial_federal_semie_778.64539.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS”_x000D_
 (R$ 778.645,39 Pavimentação Marco Rogério Bairro Santa Felicidade)</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/576/pl_44.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/576/pl_44.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS. (Deputado Ezequiel Neiva, no valor R$ 121.974,83 - Pick-up Semed).</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/577/pl_45-2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/577/pl_45-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO AO ORÇAMENTO   VIGENTE E DÁ OUTRAS PROVIDENCIAS. (R$ 155 mil, Câmara e SEMED)</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/580/pl_47.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/580/pl_47.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS" (R$181.666,67 – Trator de Pneus – Dep Chrisóstomo)</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/589/pl_48.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/589/pl_48.pdf</t>
   </si>
   <si>
     <t>"DISPOE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO ORÇAMENTÁRIA VIGENTE E DÁ OUTRAS PROVIDÊNCIAS." (R$ 200 MIL SEMAGRI - MATERIAL DE CONSUMO)</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/590/pl_49.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/590/pl_49.pdf</t>
   </si>
   <si>
     <t>"DISPOE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO ORÇAMENTÁRIA VIGENTE E DÁ OUTRAS PROVIDÊNCIAS." (R$ 100 MIL ESPORTE - AQUISIÇÃO DE BOLAS, REDES, APITOS E ETC...)</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/591/pl_51.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/591/pl_51.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVOS JUNTO A LEI Nº 1177/2013 (Prazo de validade nos Títulos de Domínio - 90 dias)</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/592/pl_52.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/592/pl_52.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS."(Tchau Poeira. R$ 7.485.434,85)</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>CRIA JUNTO A SECRETARIA MUNICIPAL DE SAÚDE A GRATIFICAÇÃO DE VACINAÇÃO - GRAVAC</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS". (R$ 30.964,38 Dep Cirone Deiró)</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção de pagamento de taxas de inscrição em concursos municipais e concede dias de folga para o servidor público municipal doador de sangue, devidamente cadastrado no Registro Nacional de Doadores de Medula Óssea – REDOME e dá outras providências.”</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/611/pl_57-2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/611/pl_57-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal disponibilizar o uso dos veículos de transporte de passageiros da Secretaria_x000D_
 Municipal de Esporte, Secretaria Municipal de Trabalho e Assistência Social e Secretaria Municipal de Agricultura e_x000D_
 Meio Ambiente, para associações sem fins lucrativos e grupos organizados".</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/608/pl_58_-_ppa_2026-2029_integra.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/608/pl_58_-_ppa_2026-2029_integra.pdf</t>
   </si>
   <si>
     <t>INSTITUI DO PLANO PLURIANUAL DO MUNICÍPIO DE ALTA FLORESTA D’OESTE, PARA O QUADRIÊNIO DE 2026 A 2029, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/609/pl_59-2025_ldo_2026_-_integra.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/609/pl_59-2025_ldo_2026_-_integra.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS, LDO/2026</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/610/loa_exercicio_2026_com_pl_060.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/610/loa_exercicio_2026_com_pl_060.pdf</t>
   </si>
   <si>
     <t>LOA/2026 “ESTIMA AS RECEITAS E FIXA AS DESPESAS PARA O ORÇAMENTO PROGRAMA DO EXERCÍCIO DE 2026”</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/613/pl_61_despesa_na_ro_135.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/613/pl_61_despesa_na_ro_135.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Alta Floresta d’Oeste a realizar obras, serviços e dispêndios financeiros na rodovia estadual RO-135, de responsabilidade do Estado de Rondônia, e dá outras providências.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/634/062_ab_credito_anulacao_de_dotacao_fundo_assistencia_social_e_semtras_projeto_scarlett.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/634/062_ab_credito_anulacao_de_dotacao_fundo_assistencia_social_e_semtras_projeto_scarlett.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 175 mil - SEMTRAS)</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/619/pl_63_selo_sim_reginal.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/619/pl_63_selo_sim_reginal.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo Municipal a realizar o serviço de inspeção municipal vinculado ao CIMCERO – Consórcio Intermunicipal da Região Centro Leste do Estado de Rondônia, e da outras providências.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/620/pl_64.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/620/pl_64.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 4.390.196,75 - SEMED)</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/624/pl_65_-_integra.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/624/pl_65_-_integra.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO   VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 80.464,58 para aquisição de aparelhos de laboratórios, computar e nobreak para estruturar o laboratório municipal.)</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/625/pl_66_ab_credito_por_anulacao_de_dotacao_camara_municipal_151.93314.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/625/pl_66_ab_credito_por_anulacao_de_dotacao_camara_municipal_151.93314.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO AO ORÇAMENTO   VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 151.933,14 - Câmara Municipal)</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO ORÇAMENTÁRIA VIGENTE E DÁ OUTRAS PROVIDÊNCIAS" (R$ 57.000,00 SEMEC)</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/633/pl_68_-_integra.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/633/pl_68_-_integra.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE ARRECADAÇÃO AO ORÇAMENTO   VIGENTE E DÁ OUTRAS PROVIDENCIAS.” (R$ 61.580,00 – Fundo Municipal de Saúde MAC)</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS” (Recapeamento Dep Lucio Mosquini R$ 3.848.112,08)</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/638/pl_70-integra.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/638/pl_70-integra.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO E AUTORIZA AO EXECUTIVO MUNICIPAL A ADQUIRIR ÁREA/IMÓVEL URBANO E DÁ OUTRAS PROVIDENCIAS. (R$ 670 mil, Aquisição AABB)</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/643/pl_71-integra.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/643/pl_71-integra.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 150.000,00 - Alevinos)</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/644/pl_72-2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/644/pl_72-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS”_x000D_
 (R$ 500.000,00 - Distribuição de Água Comunidade Portelinha; Alevinos; Construção Cobertura da Estação de Transbordo.)</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/645/pl_73-2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/645/pl_73-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS (R$ 126.942,32 SEMSAU – Equipamentos Hospitalares. Dep Claudia de Jesus)</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/646/pl_74-2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/646/pl_74-2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS (R$ 2.340.297,00 SEMSAU – Medicamentos e Insumos, Contratação de Médicos, Equipamentos e Materiais Hospitalares. Dep Federal Cristiane Lopes [R$ 150.000,00] / Lucio Mosquini [R$ 294.847,00] / Fernando Máximo [R$ 650.000,00] e Senador Jaime Bagattoli [R$ 1.245.450,00]).”</t>
   </si>
   <si>
+    <t>648</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/648/pl_75-25.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS</t>
+  </si>
+  <si>
+    <t>649</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/649/pl_76-2025.pdf</t>
+  </si>
+  <si>
+    <t>ACRESCE O INCISO VIII AO ARTIGO 1'DA LEI 137712017</t>
+  </si>
+  <si>
+    <t>650</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/650/pl_77-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ABERTURA DE CREDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>651</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/651/pl_78-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ABERTURA DE CREDITO ADICIONAL ESPECIAL POR RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DA OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>652</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/652/pl_79-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>653</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/653/pl_80-2025.pdf</t>
+  </si>
+  <si>
+    <t>Implanta o Programa de Educação no Campo - PROECAMPO com a metodologia da Pedagogia da Alternância nas escolas do campo da_x000D_
+Rede Municipal de Ensino.</t>
+  </si>
+  <si>
+    <t>654</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/654/pl_81-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO ORÇAMENTARIA NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>655</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/655/pl_82-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO VIGENTE E DÁ 0UTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>656</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/656/pl_83-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>657</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/657/pl_84-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DA OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>658</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/658/pl_85-2025.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA E CRIA DISPOSITIVOS NA LEI N°558/2001</t>
+  </si>
+  <si>
+    <t>659</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/659/pl_86-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SDBRE ABERTURA DE CREDITO ADICIONAL  ESPECIAL POR EXCESSO DE ARRECADAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>665</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/665/pl_87-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A DEFINIÇÃO DAS ATRIBUIÇÕES DOS CARGOS EFETIVOS AGENTE FISCAL, FISCAL TRIBUTÁRIO E FISCAL SANITÁRIO.</t>
+  </si>
+  <si>
+    <t>660</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/660/pl_88-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONCESSÃO DE REMISSÃO DE MULTA E JUROS NOS TRIBUTOS VENCIDOS ATE 31/12/2025</t>
+  </si>
+  <si>
+    <t>661</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/661/pl_90-2025.pdf</t>
+  </si>
+  <si>
+    <t>DlSPÕE SOBRE  ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE ARRECADAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>662</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/662/pl_91-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>663</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/663/pl_92-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>664</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/664/pl_93-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>504</t>
   </si>
   <si>
-    <t>RQ</t>
-[...2 lines deleted...]
-    <t>Requerimento</t>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>Álvaro Bueno, Flamarion da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento_01_-_alvaro_e_flamarion.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento_01_-_alvaro_e_flamarion.pdf</t>
   </si>
   <si>
     <t>“Requer a Criação de uma Junta Médica Oficial para a análise da situação dos Servidores Públicos Municipais que necessitam de readaptação funcional e a alteração do §7º do Artigo 84, da Lei nº 1.683/2022.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>Álvaro Bueno</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/509/requerimento_02_-_alvaro.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/509/requerimento_02_-_alvaro.pdf</t>
   </si>
   <si>
     <t>“Requer a Criação de uma Comissão Especial de Assuntos de Valorização do Servidor Público Municipal.”</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>Flamarion da Saúde, Álvaro Bueno</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_03_-_flamarion_alvaro_-_mocao_aplauso.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_03_-_flamarion_alvaro_-_mocao_aplauso.pdf</t>
   </si>
   <si>
     <t>REQUER a Mesa DIRETORA ouvido o plenário que seja dirigida Moção de Aplauso e Reconhecimento ao Secretário Municipal de Saúde, senhor MOISES SANTANA DE FREITAS, pelos inestimáveis serviços prestados à população de Alta Floresta D’oeste/RO.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>CPLJRF - COMISSÃO PERMANENTE DE LEGISLAÇÃO JUSTIÇA REDAÇÃO FINAL, CPESAS - COMISSÃO PERMANENTE DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL, CPOF - COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/579/rq_04.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/579/rq_04.pdf</t>
   </si>
   <si>
     <t>REQUER ao Prefeito Municipal que seja estendida aos Assistentes Sociais vinculados à Secretaria Municipal de Saúde (SEMSAU) a mesma previsão salarial contida no Projeto de Lei nº 28/2025.”</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/539/rq_05.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/539/rq_05.pdf</t>
   </si>
   <si>
     <t>REQUER ao Poder Executivo a observância da Lei Federal nº 7.394, de 29 de outubro de 1985, que dispõe sobre a regulamentação do exercício da profissão de Técnico em Radiologia, especialmente no que tange ao piso salarial da categoria</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>Álvaro Bueno, André Selepenque</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/546/rq_6_-_alvaro_e_andre_-_plano_diretor.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/546/rq_6_-_alvaro_e_andre_-_plano_diretor.pdf</t>
   </si>
   <si>
     <t>“REQUER ao Poder Executivo, a adoção das providências necessárias para a revisão e atualização do Plano Diretor do Município de Alta Floresta D’Oeste, instituído pela Lei Municipal nº 1008/2010, em conformidade com os requisitos legais e os prazos estabelecidos na Lei Federal nº 10.257/2001 (Estatuto da Cidade).”</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>Negão Monteiro</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/549/rq_07_-_negao_e_andre.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/549/rq_07_-_negao_e_andre.pdf</t>
   </si>
   <si>
     <t>"REQUER ao Poder Executivo, a análise de possível alteração do artigo 2º da Lei Municipal nº 1.600/2021, que trata da ajuda de custo para alimentação de pacientes em tratamento de hemodiálise e seus acompanhantes, propondo o reajuste do valor de R$ 20,00 (vinte reais) para R$ 25,00 (vinte e cinco reais).”</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/550/requerimento_08_-_alvaro_nata_flamarion_-_salario_contribuicao.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/550/requerimento_08_-_alvaro_nata_flamarion_-_salario_contribuicao.pdf</t>
   </si>
   <si>
     <t>REQUER ao Poder Executivo, que encaminhe a esta Casa de Leis projeto de lei ordinária instituindo, com base na legalidade e moralidade administrativa, as verbas que compõem o salário de contribuição dos servidores públicos municipais, atualmente fixadas por decreto</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Natã Soares</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/552/rq_09_nata.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/552/rq_09_nata.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal a realização de patrolamento e recuperação da Linha 60, em toda a sua extensão, visando garantir o escoamento da produção agrícola e a segurança dos usuários”</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/553/rq_10_-_alvaro.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/553/rq_10_-_alvaro.pdf</t>
   </si>
   <si>
     <t>“REQUER ao Poder Executivo, por meio da Secretaria Municipal de Educação, regulamente por portaria ou instrução normativa a aplicação do art. 36 da Lei Municipal nº 1.683/2022 ou, alternativamente, apresente projeto de lei para alterar sua redação, excluindo a exigência de “áreas afins”, em consonância com o que dispõe o Estatuto dos Servidores Municipais – Lei nº 885/2008.”</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>Dalton Tupari</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/559/rq_11_-_dalton.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/559/rq_11_-_dalton.pdf</t>
   </si>
   <si>
     <t>"Solicita ao Poder Executivo patrolamento da estrada principal do Distrito de Nova Geaze até a área indígena, incluindo as linhas adjacentes que encerram na Aldeia Coloradinho, considerando o término do período chuvoso na região.”</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>Marilza da Revil</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/561/requerimento_12_-_marilza_condutor_ambulancia.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/561/requerimento_12_-_marilza_condutor_ambulancia.pdf</t>
   </si>
   <si>
     <t>"REQUER ao Poder Executivo que seja analisada a possível alteração regulamentação do Cargo de Motorista para Condutor de Ambulância.”</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/574/rq_13.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/574/rq_13.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo a implantação de sentido único nas vias localizadas em frente às instituições de ensino localizadas na zona urbana do município.”</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/575/rq_14.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/575/rq_14.pdf</t>
   </si>
   <si>
     <t>REQUER ao Poder Executivo informações sobre os fundamentos legais que embasam o desconto de carga horária dos servidores públicos municipais responsáveis pela condução de veículos de transporte de pacientes para tratamento médico fora do município, mesmo estando os referidos servidores à disposição da Administração durante todo o período do deslocamento</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>Marilza da Revil, Tia Fia</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/578/rq_15.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/578/rq_15.pdf</t>
   </si>
   <si>
     <t>"REQUER ao Poder Executivo a realização de ações de combate ao mosquito Aedes aegypti,  com adoção de medidas integradas de prevenção e combate ao mosquito”</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/586/rq_16.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/586/rq_16.pdf</t>
   </si>
   <si>
     <t>“ Solicita ao Poder Executivo Municipal a realização de remoção, por implosão controlada ou outro método técnico adequado, de formações rochosas localizadas na Linha 65, nas proximidades da Comunidade do Serrano, zona rural do Município de Alta Floresta D’Oeste.”</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>André Selepenque</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/588/rq_17.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/588/rq_17.pdf</t>
   </si>
   <si>
     <t>“ REQUER ao Poder Executivo a concessão do TÍTULO DE UTILIDADE PÚBLICA MUNICIPAL à entidade Seja Luz .”</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/599/rq_18.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/599/rq_18.pdf</t>
   </si>
   <si>
     <t>“REQUER do Poder Executivo Municipal, por intermédio da Secretaria Municipal de Educação, informações sobre a quantidade de cozinhas das escolas públicas municipais que não possuem ar-condicionado, bem como a apresentação de orçamento referente ao valor da instalação de aparelhos de ar-condicionado em todas as cozinhas escolares.”</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/604/rq_19.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/604/rq_19.pdf</t>
   </si>
   <si>
     <t>“Requer ao Executivo a revisão dos valores TABELA DA LEI MUNICIPAL 1056/2011, REFERENTE AOS PLANTÕES EXTRAS DOS SERVIDORES DA SAÚDE, bem como a instituição do pagamento em dobro nos plantões realizados em domingos e feriados”</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>Dalton Tupari, Natã Soares, Tia Fia</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/617/rq_20.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/617/rq_20.pdf</t>
   </si>
   <si>
     <t>“REQUER ao Poder Executivo Municipal a disponibilização de professores de Educação Física nas escolas de Ensino Fundamental, a cobertura das quadras esportivas de areia e a instalação de bicicletários nas dependências escolares, a fim de garantir melhores condições de ensino, práticas esportivas adequadas e incentivo ao transporte sustentável.”</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/626/requerimento_21_-__alvaro.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/626/requerimento_21_-__alvaro.pdf</t>
   </si>
   <si>
     <t>“Requer ao Poder Executivo Municipal que apresente os critérios de tramitação e tratamento dos pedidos de licença-prêmio no período compreendido entre o aquisitivo e o concessivo e, caso inexistam, que estabeleça, em caráter de urgência, normas claras e objetivas que permitam ao servidor acompanhar e compreender o andamento de sua solicitação, em conformidade com a Lei Municipal nº 885/2008 e a Lei Municipal nº 1683/2022.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/628/rq_22_-_protocolo.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/628/rq_22_-_protocolo.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, informações referentes à Pavimentação Asfáltica do Bairro Princesa Isabel, abrangendo cronograma, etapas realizadas, pagamentos, ruas contempladas, convênio e saldo em conta, considerando a inexistência de dados no Portal da Transparência.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>Álvaro Bueno, André Selepenque, Flamarion da Saúde, Natã Soares</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/630/rq_23.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/630/rq_23.pdf</t>
   </si>
   <si>
     <t>“Requer ao Poder Executivo Municipal, a criação de uma Comissão Especial de Diálogo e Soluções, composta por representantes do Poder Executivo, do Poder Legislativo e dos servidores das Secretarias de Obras e Infraestrutura e da Agricultura, com a finalidade de discutir e propor alternativas quanto ao regime de diárias de campo dos servidores.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/635/rq_24.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/635/rq_24.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, o encaminhamento de projeto de lei que disponha sobre o reenquadramento/reclassificação dos profissionais Auxiliares de Enfermagem que possuam formação como Técnicos de Enfermagem, visando o reconhecimento funcional e remuneratório compatível com sua qualificação, prevenindo o desvio de função e a baixa remuneração.”</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>Câmara Municipal de Alta Floresta D'Oeste - CMAFO</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/641/requerimento_25_-__aposentadoria_servidores.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/641/requerimento_25_-__aposentadoria_servidores.pdf</t>
   </si>
   <si>
     <t>“Requer ao Poder Executivo Municipal, o encaminhamento de Projeto de Lei que altera dispositivo da Lei Municipal nº 885/2008, no que se refere à vacância do cargo em razão de aposentadoria, e cria Comissão Especial para análise da situação dos servidores aposentados pelo RGPS.”</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>OFÍCIOS</t>
   </si>
   <si>
     <t>Ministério Público Federal - MPF</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/618/pr-ro-00035140.2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/618/pr-ro-00035140.2025.pdf</t>
   </si>
   <si>
     <t>Assunto: Procedimento n. 1.31.000.001114/2024-21, instaurado para acompanhar a_x000D_
 atualização pelos poderes legislativos municipais do quantitativo de vagas de vereadores_x000D_
 em conformidade com os dados do último censo divulgado pelo IBGE.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>Nenão</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/605/image_065.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/605/image_065.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO A CONSTRUÇÃO DE UM LOCAL ADEQUADO PARA EMBARQUE E DESEMBARQUE NAS BARRANCAS DO RIO MEQUÉNS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/621/ofc_1376-2025-prm-jp-2o.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/621/ofc_1376-2025-prm-jp-2o.pdf</t>
   </si>
   <si>
     <t>Assunto: Ciência referente ao Procedimento no 1.31.001.000385/2025-78 e Ofício nº 1376/2025/PRM/JP/2º</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>Jeremias</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_01_-_jeremias_refiz.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_01_-_jeremias_refiz.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a elaboração de um Projeto de Lei para instituição do Programa de Recuperação Fiscal - REFIZ 2025, visando oportunizar aos munícipes a regularização de seus débitos junto ao fisco municipal.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>André Selepenque, Álvaro Bueno</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_02_-_alvaro_e_andre_ponte_152.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_02_-_alvaro_e_andre_ponte_152.pdf</t>
   </si>
   <si>
     <t>“Indica ao Excelentíssimo Senhor Prefeito Municipal reforma da ponte na linha 152 entre a linha 65 com a 70."</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_03-_flamarion_auxilio_alimentacao_protocolado.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_03-_flamarion_auxilio_alimentacao_protocolado.pdf</t>
   </si>
   <si>
     <t>“Indica ao Excelentíssimo Senhor Prefeito Municipal a possibilidade de reajuste do auxílio alimentação e auxílio feira.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/499/indicacao_04_-_andre.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/499/indicacao_04_-_andre.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal um planejamento eficaz de estacionamento com indicação rotativa para idosos, hospitais, escolas, laboratórios e pais com crianças especiais.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_05_-_alvaro.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_05_-_alvaro.pdf</t>
   </si>
   <si>
     <t>“Indica ao  Excelentíssimo Senhor Presidente da Mesa Diretora e ao Parlamento Municipal que, sejam encaminhadas ao Sindicato representativo da classe dos Servidores Públicos Municipal, todas as matérias e proposições legislativas referentes à categoria.”</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_06.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_06.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA PROVIDENCIADO A ALOCAÇÃO DE UM AGENTE COMUNITÁRIO DE SAÚDE, PARA ATUAR DE FORMA EXCLUSIVA NO BAIRRO COHAB</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/522/indicacao_07_-_andre_-_energisa.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/522/indicacao_07_-_andre_-_energisa.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa Diretora e ao Egrégio Plenário a Criação de uma Comissão Especial de Vereadores para representação junto à ENERGISA-RO, com a finalidade de requerer a melhoria da qualidade dos serviços prestados à população de Alta Floresta</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_08_-_marilza.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_08_-_marilza.pdf</t>
   </si>
   <si>
     <t>“Indica ao Excelentíssimo Senhor Prefeito Municipal, bem como ao Presidente da Câmara Municipal de Alta Floresta D'Oeste - RO, a necessidade da realização de concurso público para o fornecimento de cargos efetivos no quadro de servidores do Poder Executivo e Legislativo.”</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>Natã Soares, Flamarion da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_09_-_nata_flamarion_ultrassom.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_09_-_nata_flamarion_ultrassom.pdf</t>
   </si>
   <si>
     <t>"Indica ao Excelentíssimo Senhor Prefeito Municipal, que seja ampliado o atendimento de exames de ultrassonografia na rede pública municipal de saúde, para que seja realizado no mínimo três vezes por semana, considerando que atualmente a população é atendida apenas duas vezes por semana.”</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>Flamarion da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao_10_-_flamarion.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao_10_-_flamarion.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal, a realização de um retorno e/ou rotatória na Avenida Nilo Peçanha, visando facilitar a entrada e saída dos ônibus na garagem localizada na referida via</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_11_-_nenao_quebra_mola.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_11_-_nenao_quebra_mola.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO E AO SECRETÁRIO MUNICIPAL DE OBRAS E INFRAESTRUTURA, QUE SEJA INSTALADO UM QUEBRA-MOLAS NA RUA TERESINA, BAIRRO COHAB, EM FRENTE A CRECHE MUNICIPAL CANTINHO DA ALEGRIA.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao_12_-_alvaro_-_pavimento_cohab.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao_12_-_alvaro_-_pavimento_cohab.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal e ao Secretário de Administração e Finanças a realização do levantamento técnico de pavimentação das ruas e avenidas remanescentes do Bairro COHAB que ainda não possuem pavimento</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/541/indicacao_13.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/541/indicacao_13.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal operação tapa-buraco (no asfalto) na Rua João Café Filho, situada no Bairro Redondo</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/543/indicacao_14_-_estacionamento_hospital.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/543/indicacao_14_-_estacionamento_hospital.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade urgente de construção de um estacionamento público  nas imediações do Hospital Municipal de Alta Floresta D’Oeste – RO</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/554/indicacao_15.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/554/indicacao_15.pdf</t>
   </si>
   <si>
     <t>“INDICA a realização de manutenção geral na iluminação pública da cidade, com a substituição das lâmpadas queimadas e/ou inoperantes em ruas, avenidas e demais logradouros públicos.”</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/555/indicacao_16.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/555/indicacao_16.pdf</t>
   </si>
   <si>
     <t>“INDICA a necessidade de limpeza nas margens do Rio Tingui e instalação de placas e sistema de monitoramento para coibir o descarte irregular de lixo.”</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>André Selepenque, Negão Monteiro</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/557/indicacao_17.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/557/indicacao_17.pdf</t>
   </si>
   <si>
     <t>"Indica ao Executivo Municipal que estude a possibilidade de reajuste   no salário base dos servidores públicos municipais, com abertura de diálogo com a categoria, visando garantir valorização sem comprometer a saúde financeira do Município.”</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/566/indicacao_18_-_andre_e_negao_-_servicos_funerarios.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/566/indicacao_18_-_andre_e_negao_-_servicos_funerarios.pdf</t>
   </si>
   <si>
     <t>“Indica ao Executivo Municipal a necessidade de regulamentação e organização dos serviços funerários no Município de Alta Floresta D’Oeste.”</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/569/ind_19-2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/569/ind_19-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a necessidade de construção de redutores de velocidade (quebra-molas) no Município de Alta Floresta D’Oeste.”_x000D_
 _x000D_
 1.	RUA RORAIMA, antes da esquina com a Avenida Mato Grosso, local onde já foram registrados diversos acidentes em razão do excesso de velocidade e da ausência de sinalização eficaz;_x000D_
 2.	AVENIDA MINAS GERAIS, nas proximidades da esquina com a Rua Ceará, ponto crítico com recorrentes incidentes envolvendo veículos e pedestres;_x000D_
 3.	AVENIDA AMAPÁ, em frente à Escola Juscelino Kubitschek – JK, com o objetivo de garantir maior segurança à comunidade escolar, incluindo alunos, pais, professores e demais usuários da via.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/584/ind_20.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/584/ind_20.pdf</t>
   </si>
   <si>
     <t>“Indica ao Executivo Municipal, a necessidade de construção de estacionamento no canteiro central na Av. Brasil, entre as Ruas Roraima e Tancredo Neves, no Município de Alta Floresta D’Oeste.”</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>Tia Fia</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/583/ind_21.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/583/ind_21.pdf</t>
   </si>
   <si>
     <t>“Indica ao Executivo Municipal, a necessidade de construção de faixas elevadas para travessia de pedestres no Município de Alta Floresta D’Oeste/RO.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>Negão Monteiro, André Selepenque</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/598/indicacao_22_-_andre_e_negao_-_quebra-molas.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/598/indicacao_22_-_andre_e_negao_-_quebra-molas.pdf</t>
   </si>
   <si>
     <t>“Indica ao Executivo Municipal a necessidade de implantação de redutores de velocidade (quebra-molas) e estacionamento no Canteiro Central, na Avenida Nilo Peçanha, no Município de Alta Floresta D’Oeste.”</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/603/ind_23.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/603/ind_23.pdf</t>
   </si>
   <si>
     <t>“Indica ao Executivo Municipal a pintura de faixas e implantação de sinalização de estacionamento escolar nas unidades de ensino na zona urbana do município de Alta Floresta D’Oeste/RO .”</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/614/ind_24_-_protocolo.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/614/ind_24_-_protocolo.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal que estude a possibilidade de melhoria na MANUTENÇÃO DE PAVIMENTO INTERTRAVADO (MANUTENÇÃO DE BLOQUETES) na Avenida São Paulo, Bairro Santa felicidade.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/615/ind_25_-_protocolo.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/615/ind_25_-_protocolo.pdf</t>
   </si>
   <si>
     <t>“Indica ao Executivo Municipal a elaboração de um Projeto Técnico para a construção de um Porto de Embarque e Desembarque no Distrito de Rolim de Moura do Guaporé.”</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/623/ind_26.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/623/ind_26.pdf</t>
   </si>
   <si>
     <t>“Indica ao Poder Executivo Municipal a adoção de providências quanto à situação de um bueiro localizado no entroncamento da Avenida Alta Floresta com a Rua Espírito Santo.”</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/636/ind_27.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/636/ind_27.pdf</t>
   </si>
   <si>
     <t>“Indica ao Executivo Municipal, a realização de corte no morro da Linha 45, conhecido como “Gogo da Ema”, e a retirada da curva existente.”</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/642/ind_28.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/642/ind_28.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de implantação de Lombadas na Avenida José Linhares nas proximidades da Escola 17 de Junho e da Escola Tancredo Neves, neste Município de Alta Floresta D’Oeste – RO.”</t>
   </si>
   <si>
+    <t>688</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/688/indicacao_29-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a reforma ou construção de ponte na linha 144.</t>
+  </si>
+  <si>
+    <t>689</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/689/indicacao_30-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal plantio de arvores e gramado nos canteiros na rotatória na RO/135 vila Marcão.</t>
+  </si>
+  <si>
+    <t>690</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/690/inidicacao_31-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indicar ao Excelentíssimo Prefeito Municipal que seja estudada a possibilidade de ceder parte do terreno pertencente ao Município, localizado na Rua Nereu Ramos, entre a Avenida José Linhares e a Avenida JK, com o objetivo de alargar a via, melhorando o tráfego, a segurança ea mobilidade urbana naquela região.</t>
+  </si>
+  <si>
+    <t>691</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/691/indicacao_32-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal a instalação de duas (02) lombadas na Avenida José Linhares, sendo: uma nas proximidades da Avenida Mato Grosso e outra nas proximidades da Avenida Amazonas.</t>
+  </si>
+  <si>
+    <t>692</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/692/indicacao_33-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal pintura e sinalização nas rombadas dentro do perímetro urbano em especial da avenida Brasil abaixo do moto táxi.</t>
+  </si>
+  <si>
     <t>500</t>
   </si>
   <si>
     <t>ATO</t>
   </si>
   <si>
     <t>ATO DE PRESIDENCIA</t>
   </si>
   <si>
     <t>Gabinete da Presidência - GABPRES</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/500/ato_da_presidencia_01-2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/500/ato_da_presidencia_01-2025.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO o ponto facultatiavo do dia 04 de março de 2025 (terça-feira) - Carnaval._x000D_
 o PRESIDENTE da CÂMARA MUNICIPAL DE ALTA FLORESTA D'OESTE, Estado de Rondônia, no uso de suas atribuições legais;_x000D_
 Fica declarado Ponto Facultativo nos dias 03 e 05 de março de 2025 (Segunda e Quarta-Feira), na Câmara Municipal de Alta Floresta D'Oeste, Estado de_x000D_
 Rondônia.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/538/ato_da_presidencia_02.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/538/ato_da_presidencia_02.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a suspensão do expediente na Câmara Municipal em razão dos feriados e ponto facultativo do mês de abril de 2025."</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/570/ato_da_presidencia_-_aniversario_da_cidade.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/570/ato_da_presidencia_-_aniversario_da_cidade.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a transferência de feriado e a decretação de ponto facultativo no âmbito da Câmara Municipal de Alta Floresta D’Oeste – RO, e dá outras providências.”</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/571/ato_da_presidencia_04_-_recesso.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/571/ato_da_presidencia_04_-_recesso.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o início do recesso parlamentar e informa sobre o retorno das atividades legislativas ordinárias, e dá outras providências.”</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/616/ato_5.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/616/ato_5.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o horário de expediente durante o recesso parlamentar na Câmara Municipal e dá outras providências.”</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/612/ato_06.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/612/ato_06.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a suspensão do expediente da Câmara Municipal de Alta Floresta D’Oeste no dia 08 de setembro de 2025, em razão do feriado municipal e dá outras providências.”</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/639/ato_pres_07_-_dia_do_servidor_publico.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/639/ato_pres_07_-_dia_do_servidor_publico.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a transferência do ponto facultativo alusivo ao Dia do Servidor Público e a suspensão do expediente administrativo no âmbito da Câmara Municipal de Alta Floresta D’Oeste e dá outras providências.”</t>
   </si>
   <si>
+    <t>695</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/695/ato_da_presidencia_08-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a suspensão do expediente na Câmara Municipal em razâo do feriado do Dia Nacional de Zumbi e da Consciência Negra em 20 de novembro de 2025 econcede ponto facultativo 21 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>696</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/696/ato_da_presidencia_09-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O RECESSO FUNCIONAL DA CÂMARA MUNICIPAL DE ALTA FIORESTA D'OESTE, A 20 DE DEZEMBRO DE 2025 A 04 DE JANEIRO DE_x000D_
+2026.</t>
+  </si>
+  <si>
     <t>437</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/437/pl_1-2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/437/pl_1-2025.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 47 e suprime o artigo 49 da Lei Municipal nº 1375, que dispõe sobre o regime jurídico dos servidores públicos da Câmara Municipal de Alta Floresta D’Oeste – RO.”</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/438/pl_02-2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/438/pl_02-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Concessão de Reajuste aos Servidores Públicos do Poder Legislativo Municipal.”</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>" Dispõe sobre a instalação de brinquedos adaptados para crianças com deficiência, em locais públicos e privados de lazer, praças e parques, no Município de Alta Floresta D’Oeste – RO”</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/508/pl_04.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/508/pl_04.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal nº 2.009/2025 e dá outras providências” (Parque do Povo - José Pereira de Assis)</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/527/pl_5-2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/527/pl_5-2025.pdf</t>
   </si>
   <si>
     <t>"CRIA JUNTO AO ANEXO III E IV DA LEI MUNICIPAL Nº 1375/2017, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/556/pl_6-2025_camara_institucional.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/556/pl_6-2025_camara_institucional.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de divulgação do apoio institucional da Câmara Municipal de Alta Floresta D’Oeste em eventos realizados com recursos públicos ou incentivos fiscais</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/567/pl_7-2025_parcelamento_solo.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/567/pl_7-2025_parcelamento_solo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento de imóveis rurais com área mínima de dois hectares no Município de Alta Floresta D’Oeste – RO, e dá outras providências.”</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/573/pll_08.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/573/pll_08.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal do Campo Limpo no âmbito do município de Alta Floresta D’Oeste, e dá outras providências</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/587/pl_9-2025_cmma.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/587/pl_9-2025_cmma.pdf</t>
   </si>
   <si>
     <t>Altera o art. 9º da Lei Municipal nº 1.669/2022, que dispõe sobre a Criação do Conselho Municipal de Meio Ambiente – CMMA, e dá outras providências.”</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/594/pl_10-2025_utilidade_publica.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/594/pl_10-2025_utilidade_publica.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Utilidade Pública Municipal à entidade Seja Luz (Santa Casa de Rondônia) e dá outras providências</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/622/pl_11-2025_titulo_honorario.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/622/pl_11-2025_titulo_honorario.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão do Título de Cidadão Honorário do Município de Alta Floresta D’Oeste ao Excelentíssimo Senhor Deputado Federal Dr. Fernando Rodrigues Máximo e dá outras providências.”</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/627/pl_12-2025_cadeiras.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/627/pl_12-2025_cadeiras.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a instituir programa de doação de cadeiras de rodas com adaptações específicas, não fornecidas pelo SUS voltado a pessoas com deficiência ou mobilidade reduzida, e dá outras providências.”</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/581/lc_01-2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/581/lc_01-2025.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ANEXO II E III DA LEI COMPLEMENTAR 006/2017 E DÁ OUTRAS PROVIDÊNCIAS” (Criação Cargo Coordenador de Esporte e Diretor Geral de Trabalho na SEMTRAS)</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/629/plc_02-2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/629/plc_02-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE  A REORGANIZAÇÃO DA ESTRUTURA ADMINISTRATIVA DO MUNICÍPIO DE ALTA FLORESTA D’OESTE; ESPECIFICA AS ATRIBUIÇÕES DOS CARGOS COMISSIONADOS E FUNÇÕES GRATIFICADAS E DÁ OUTRAS PROVIDENCIAS.” ,</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>RESOL</t>
   </si>
   <si>
     <t>Projeto de RESOLUÇÃO</t>
   </si>
   <si>
     <t>CPOF - COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/452/projeto_de_resolucao_01-2025_prestacao_de_contas_2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/452/projeto_de_resolucao_01-2025_prestacao_de_contas_2023.pdf</t>
   </si>
   <si>
     <t>“PRESTAÇÃO DE CONTAS DA PREFEITURA MUNICIPAL DE ALTA FLORESTA D’OESTE-RO”, exercício de 2023, de responsabilidade do senhor GIOVAN DAMO.” Parecer Prévio PPL-TC 00064/24 referente ao Processo 01224/24 – TCERO</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_resolucao_02-2025_licitacao.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_resolucao_02-2025_licitacao.pdf</t>
   </si>
   <si>
     <t>“Regulamenta a Lei nº 14.133, de 1º de abril de 2021, que dispõe sobre Licitações e Contratos Administrativos, no âmbito do Poder Legislativo Municipal de Alta Floresta D’Oeste, revoga a Resolução nº 04, de 23 de agosto de 2023 e dá outras providências.”</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/453/preso_03-2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/453/preso_03-2025.pdf</t>
   </si>
   <si>
     <t>“Altera a Resolução nº 003/2022 e dá outras providências.”</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/534/resolucao_04-2025_reuniao_das_comissoes.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/534/resolucao_04-2025_reuniao_das_comissoes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o horário das reuniões ordinárias das Comissões Permanentes da Câmara Municipal e dá outras providências</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/593/resolucao_05-2025_lgpd.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/593/resolucao_05-2025_lgpd.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a regulamentação da Lei Federal n° 13.709, de 14 de agosto de 2018 — Lei Geral de Proteção de Dados Pessoais (LGPD), bem como estabelece a Política de Proteção de Dados no âmbito do Poder Legislativo do Município de Alta Floresta D’Oeste/RO e dá outras providências.”</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/602/proj_resolucao_no_06.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/602/proj_resolucao_no_06.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a vedação de nomeação para cargos em comissão no âmbito da Câmara Municipal e dá outras providências.”</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/640/resolucao_07-dispensa_eletronica.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/640/resolucao_07-dispensa_eletronica.pdf</t>
   </si>
   <si>
     <t>Disciplina a aplicação das hipóteses de Contratação Direta de que trata a Lei Federal nº 14.133, de 1º de abril de 2021, e regulamenta as normas e procedimentos de Dispensa de Licitação, em especial a fundamentada nos incisos I e II da referida Lei, no âmbito da Câmara Municipal de Alta Floresta D’Oeste.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>ANTEPROJETO DE LEI</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/520/apl_1-2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/520/apl_1-2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a isenção de pagamento de taxas de inscrição em concursos municipais e concede dias de folga para o servidor público municipal doador de sangue, devidamente cadastrado no Registro Nacional de Doadores de Medula Óssea – REDOME e dá outras providências.”</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/572/apl_2-2025_parcelamento_solo.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/572/apl_2-2025_parcelamento_solo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o parcelamento de imóveis rurais com área mínima de dois hectares no Município de Alta Floresta D’Oeste – RO, e dá outras providências.”</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>Tia Fia, Álvaro Bueno</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/582/apl_3-2025_equoterapia.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/582/apl_3-2025_equoterapia.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL INSTITUIR O PROGRAMA DE EQUOTERAPIA COMO MÉTODO TERAPÊUTICO DE TRATAMENTO PARA REABILITAÇÃO E DE PESSOAS COM DEFICIÊNCIAS FÍSICAS E MENTAIS OU NECESSIDADES ESPECIAIS EM GERAL, NO MUNICÍPIO DE ALTA FLORESTA D’OESTE.”</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>Álvaro Bueno, Flamarion da Saúde, Natã Soares</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/631/apl_4-2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/631/apl_4-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLEMENTAÇÃO DO AUXÍLIO_x000D_
 TRANSPORTE PARA OS AGENTES COMUNITÁRIOS DE_x000D_
 SAÚDE E AGENTES DE COMBATE ÀS ENDEMIAS DA_x000D_
 CIDADE DE ALTA FLORESTA D’OESTE E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.”</t>
   </si>
   <si>
+    <t>672</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/672/anteprojeto_05.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Família Acolhedora no Município de Alta Floresta D'Oeste/RO e dá outras providências.</t>
+  </si>
+  <si>
     <t>430</t>
   </si>
   <si>
     <t>ATO DA MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/430/ato_da_mesa_01-2025_-_comissoes_permanentes_2025-2026.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/430/ato_da_mesa_01-2025_-_comissoes_permanentes_2025-2026.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a composição das Comissões Permanentes da Câmara Municipal de Alta Floresta D’Oeste para o biênio 2025/2026 e dá outras providências.”</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/439/ato_da_mesa_02-2025_-_horario_expediente.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/439/ato_da_mesa_02-2025_-_horario_expediente.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A MODIFICAÇÃO DO HORÁRIO DE EXPEDIENTE E ATENDIMENTO DA CÂMARA MUNICIPAL DE ALTA FLORESTA D’OESTE/RO E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/595/ato_da_mesa_05_1.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/595/ato_da_mesa_05_1.pdf</t>
   </si>
   <si>
     <t>"Anula a Resolução nº 01, de 23 de janeiro de 2007, e o Ato da Presidência nº 004, de 04 de abril de 2016, em cumprimento a decisão judicial.”</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>PROC</t>
   </si>
   <si>
     <t>PROCEDIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/494/proc_adm_363-2016_-_wrc_quiosque.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/494/proc_adm_363-2016_-_wrc_quiosque.pdf</t>
   </si>
   <si>
     <t>PROCESSO DE CONCESSÃO BEM PÚBLICO - QUIOSQUE DA PRAÇA CASTELO BRANCO.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/495/procedimento_02.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/495/procedimento_02.pdf</t>
   </si>
   <si>
     <t>Análise do Processo Administrativo nº 254/2024, conforme Portaria nº 31, de 18 de fevereiro de 2025</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/518/procedimento_003-2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/518/procedimento_003-2025.pdf</t>
   </si>
   <si>
     <t>REQUER A LICENÇA DE 120 (CENTO E VINTE DIAS), NA ATUAL LEGISLATURA, A CONTAR DE 28/05/2025</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>PJ</t>
   </si>
   <si>
     <t>PARECER JURÍDICO</t>
   </si>
   <si>
     <t>Procuradoria Jurídica da CMAFO - PJ</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/442/parecer_juridico.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/442/parecer_juridico.pdf</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/443/parecer_juridico.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/443/parecer_juridico.pdf</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/451/parecer_juridico_pl_04.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/451/parecer_juridico_pl_04.pdf</t>
   </si>
   <si>
     <t>PARECER JURÍDICO PL Nº 04/2025, que “DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS (R$ 100 mil - APAE)”</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/459/parecer_juridico_pl_01.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/459/parecer_juridico_pl_01.pdf</t>
   </si>
   <si>
     <t>PARECER JURÍDICO PL Nº 01/2025, que ““Altera o § 1º do Art. 1º da Lei n. 1.676/2022 e dá providências”.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/461/parecer_juridico.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/461/parecer_juridico.pdf</t>
   </si>
   <si>
     <t>PARECER JURÍDICO PL Nº 02/2025, que ““Altera os artigos 1º e 13 da Lei 1.890/2023 e dá providências”.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/466/parecer_juridico.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/466/parecer_juridico.pdf</t>
   </si>
   <si>
     <t>PARECER JURIDICO AO PL 06/2025</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/467/parecer_juridico.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/467/parecer_juridico.pdf</t>
   </si>
   <si>
     <t>PARECER JURÍDICO PL 07/2025.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/470/parecer_juridico_pl_08.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/470/parecer_juridico_pl_08.pdf</t>
   </si>
   <si>
     <t>PARECER JURÍDICO PL 08-2025</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/473/parecer_juridico_pl_09.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/473/parecer_juridico_pl_09.pdf</t>
   </si>
   <si>
     <t>PARECER JURÍDICO PL 09/2025</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/476/parecer_juridico_pl_11.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/476/parecer_juridico_pl_11.pdf</t>
   </si>
   <si>
     <t>PARECER JURIDICO PL 11/2025</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/479/parecer_juridico_pl_12.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/479/parecer_juridico_pl_12.pdf</t>
   </si>
   <si>
     <t>PARECER JURÍDICO PL 12/2025</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/482/parecer_juridico_pl_13.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/482/parecer_juridico_pl_13.pdf</t>
   </si>
   <si>
     <t>PARECER JURÍDICO PL 13/2025</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/485/parecer_juridico_pl_14.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/485/parecer_juridico_pl_14.pdf</t>
   </si>
   <si>
     <t>PARECER JURIDICO PL 14</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/496/parecer_juridico_pl_01.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/496/parecer_juridico_pl_01.pdf</t>
   </si>
   <si>
     <t>PARECER JURÍDICO PL Nº 001/2025 - LEGISLATIVO</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/501/parecer_juridico_pl_17.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/501/parecer_juridico_pl_17.pdf</t>
   </si>
   <si>
     <t>PARECER JURÍDICO PL Nº 17/2025</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/502/parecer_juridica_pl_10.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/502/parecer_juridica_pl_10.pdf</t>
   </si>
   <si>
     <t>PARECER JURÍDICO PL Nº 10/2025</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/503/parecer_juridico_pl_18.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/503/parecer_juridico_pl_18.pdf</t>
   </si>
   <si>
     <t>PARECER JURIDICO PL Nº 18/2025</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/510/pj_19.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/510/pj_19.pdf</t>
   </si>
   <si>
     <t>PARECER JURÍDICO AO PL 19/2025</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/548/parecer_juridico_pl_36.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/548/parecer_juridico_pl_36.pdf</t>
   </si>
   <si>
     <t>PARECER JURÍDICO PL 36/2025.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/558/parecer_juridico_37-2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/558/parecer_juridico_37-2025.pdf</t>
   </si>
   <si>
     <t>PARECER JURIDICO AO PL 37/2025</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>PARECER COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃOF</t>
   </si>
   <si>
     <t>CPLJRF - COMISSÃO PERMANENTE DE LEGISLAÇÃO JUSTIÇA REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/444/parecer_cljrf.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/444/parecer_cljrf.pdf</t>
   </si>
   <si>
     <t>PARECER COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/460/parecer_comissao_ljrf.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/460/parecer_comissao_ljrf.pdf</t>
   </si>
   <si>
     <t>PARECER CPLJRF AO PL 01/2025 que “Altera o § 1º do Art. 1º da Lei n. 1.676/2022 e dá providências”.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/462/parecer_ljrf.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/462/parecer_ljrf.pdf</t>
   </si>
   <si>
     <t>PARECER PL 02/2025</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/463/parecer_comissao_ljrf.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/463/parecer_comissao_ljrf.pdf</t>
   </si>
   <si>
     <t>PARECER CPLJRF AO PL 04/2025</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/465/parecer_ljrf.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/465/parecer_ljrf.pdf</t>
   </si>
   <si>
     <t>PARECER CPLJRF AO PL 06/2025</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/468/parecer_ljrf.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/468/parecer_ljrf.pdf</t>
   </si>
   <si>
     <t>PARECER PL 07/2025</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/471/parecer_ljrf_pl08.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/471/parecer_ljrf_pl08.pdf</t>
   </si>
   <si>
     <t>PARECER CPLJRF PL 08-2025</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/474/parecer_ljrf_pl09.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/474/parecer_ljrf_pl09.pdf</t>
   </si>
   <si>
     <t>PARECER CPLJRF PL 09/2025</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/477/parecer_ljrf_pl11.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/477/parecer_ljrf_pl11.pdf</t>
   </si>
   <si>
     <t>PARECER CPLJRF PL 11/2025</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/480/parecer_ljrf_pl12.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/480/parecer_ljrf_pl12.pdf</t>
   </si>
   <si>
     <t>PARECER CPLJRF PL 12/2025</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/483/parecer_ljrf_pl13.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/483/parecer_ljrf_pl13.pdf</t>
   </si>
   <si>
     <t>PARECER CPLJRF AO PL 13/2025</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>PARECER CPLJRF AO PL 14</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/511/parecer_cjrf.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/511/parecer_cjrf.pdf</t>
   </si>
   <si>
     <t>PARECER CPLJRF PL 18/2025.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/445/parecer_cof.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/445/parecer_cof.pdf</t>
   </si>
   <si>
     <t>PARECER COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/464/parecer_comissao_of.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/464/parecer_comissao_of.pdf</t>
   </si>
   <si>
     <t>PARECER CPOF AO PL 04/2025</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/469/parecer_of.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/469/parecer_of.pdf</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/472/parecer_of_pl08.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/472/parecer_of_pl08.pdf</t>
   </si>
   <si>
     <t>PARECER CPOF PL 08-2025</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/475/parecer_of_pl09.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/475/parecer_of_pl09.pdf</t>
   </si>
   <si>
     <t>PARECER CPOF PL 09/2025</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/478/parecer_of_pl11.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/478/parecer_of_pl11.pdf</t>
   </si>
   <si>
     <t>PARECER CPFO PL 11/2025</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/481/parecer_of_pl_12.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/481/parecer_of_pl_12.pdf</t>
   </si>
   <si>
     <t>PARECER CPFO PL 12/2025</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/484/parecer_of_pl_13.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/484/parecer_of_pl_13.pdf</t>
   </si>
   <si>
     <t>PARECER CPFO AO PL 13/2025</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/487/parecer_of_pl_14.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/487/parecer_of_pl_14.pdf</t>
   </si>
   <si>
     <t>PARECER CPFO AO PL 14</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/512/parecer_of.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/512/parecer_of.pdf</t>
   </si>
   <si>
     <t>PARECER CPFO PL 18/2025.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/523/relatorio_e_voto_comissao.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/523/relatorio_e_voto_comissao.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o julgamento da prestação de contas da Prefeitura Municipal de Alta Floresta D'Oeste/RO, referente ao exercício financeiro de 2023, conforme Processo no 01224/24, Parecer Prévio PPL-00064/24 e Acórdão APL-TC 00255/24, de responsabilidade do Prefeito Municipal Giovan Damo."</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>PCE</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DO PODER EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/449/pc-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/449/pc-2023.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DO PODER EXECUTIVO - EXERCÍCIO 2023</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>PPTCE</t>
   </si>
   <si>
     <t>PARECER PRÉVIO TRIBUNAL DE CONTAS - RONDÔNIA</t>
   </si>
   <si>
     <t>Tribunal de Contas - TCERO</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/450/01224_24_decisao-463_apl-tc_00255_24.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/450/01224_24_decisao-463_apl-tc_00255_24.pdf</t>
   </si>
   <si>
     <t>Emitir parecer prévio favorável à aprovação das contas de governo do Município de Alta Floresta do Oeste, relativas ao exercício de 2023. _x000D_
 _x000D_
 Acórdão APL-TC 00255/24 referente ao processo 01224/24</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>EPL</t>
   </si>
   <si>
     <t>EMENDA ao Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/497/emenda_aditiva_e_mod_ao_pl_01-2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/497/emenda_aditiva_e_mod_ao_pl_01-2025.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA E MODIFICATIVA_x000D_
 O(s) Vereador(es) que esta subscreve, com assento nesta Casa Legislativa, nomeados na Comissão Permanente de Legislação, Justiça e Redação Final, nos termos do artigo 122 ao 124 do Regimento Interno, propõe a seguinte emenda ao PROJETO DE LEI LEGISLATIVO Nº 01/2025, visando INCLUIR a alteração ao inciso II do artigo 38 e MODIFICAR o artigo 47, conforme nova redação abaixo.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>DECR</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/647/dec_02.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/647/dec_02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROCEDIMENTO PARA SOLICITAÇÕS DE DIÁRIAS NO ÂMBITO DA CÂMARA MUNICIPAL DE ALTA FLORESTA D'OESTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2663,68 +2960,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/432/pl_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/433/pl_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/434/pl_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/431/pl_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/435/05_reajuste__geral_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/436/pl_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/440/pl_07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/455/011_ab_credito_especial_federal_semed_271.17925.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/456/012_ab_credito_especial_federal_semagri_300.00000.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/457/013_ab_credito_especial_federal_semie_500.00000_t.e.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/458/pl_14.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/507/pl_15.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/498/018_ab_credito_por_anulacao_de_dotacao_semagri_71.51982.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/505/019_ab_credito_por_anulacao_de_dotacao_camara_municipal_371.31444.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/524/pl_23_ab_credito_especial_estadual_saude_valor_223.00000.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/525/pl_24_ab_credito_especial_estadual_semec_valor_24.96000.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/526/pl_25_ab_credito_especial_federal_saude_304.80000.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/516/pl_26_ab_credito_especial_federal_semie_729.50000.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/517/pl_27-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/531/pl_28_altera_anexo_unico_da_885_quadro_de_vagas_assistente_social_semtras.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/530/pl_29_projeto_de_lei_-_apenados_2.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/540/pl_030_projeto_de_lei_-_descontos_e_consignacoes.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/536/pl_31_ab_credito_por_anulacao_de_dotacao_camara_municipal_e_semed__571.35332.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/537/pl_32_ab_credito_especial_federal_semie_1.000.00000_t.e.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/542/pl_33.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/544/pl_34-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/545/pl_35.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/547/pl_36.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/562/pl_38-completo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/563/pl_39-2025_completo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/564/pl_40.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/565/pl_41.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/568/pl_42.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/585/043_ab_credito_especial_federal_semie_778.64539.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/576/pl_44.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/577/pl_45-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/580/pl_47.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/589/pl_48.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/590/pl_49.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/591/pl_51.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/592/pl_52.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/611/pl_57-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/608/pl_58_-_ppa_2026-2029_integra.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/609/pl_59-2025_ldo_2026_-_integra.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/610/loa_exercicio_2026_com_pl_060.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/613/pl_61_despesa_na_ro_135.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/634/062_ab_credito_anulacao_de_dotacao_fundo_assistencia_social_e_semtras_projeto_scarlett.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/619/pl_63_selo_sim_reginal.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/620/pl_64.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/624/pl_65_-_integra.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/625/pl_66_ab_credito_por_anulacao_de_dotacao_camara_municipal_151.93314.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/633/pl_68_-_integra.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/638/pl_70-integra.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/643/pl_71-integra.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/644/pl_72-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/645/pl_73-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/646/pl_74-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento_01_-_alvaro_e_flamarion.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/509/requerimento_02_-_alvaro.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_03_-_flamarion_alvaro_-_mocao_aplauso.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/579/rq_04.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/539/rq_05.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/546/rq_6_-_alvaro_e_andre_-_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/549/rq_07_-_negao_e_andre.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/550/requerimento_08_-_alvaro_nata_flamarion_-_salario_contribuicao.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/552/rq_09_nata.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/553/rq_10_-_alvaro.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/559/rq_11_-_dalton.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/561/requerimento_12_-_marilza_condutor_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/574/rq_13.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/575/rq_14.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/578/rq_15.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/586/rq_16.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/588/rq_17.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/599/rq_18.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/604/rq_19.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/617/rq_20.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/626/requerimento_21_-__alvaro.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/628/rq_22_-_protocolo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/630/rq_23.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/635/rq_24.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/641/requerimento_25_-__aposentadoria_servidores.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/618/pr-ro-00035140.2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/605/image_065.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/621/ofc_1376-2025-prm-jp-2o.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_01_-_jeremias_refiz.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_02_-_alvaro_e_andre_ponte_152.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_03-_flamarion_auxilio_alimentacao_protocolado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/499/indicacao_04_-_andre.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_05_-_alvaro.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/522/indicacao_07_-_andre_-_energisa.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_08_-_marilza.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_09_-_nata_flamarion_ultrassom.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao_10_-_flamarion.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_11_-_nenao_quebra_mola.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao_12_-_alvaro_-_pavimento_cohab.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/541/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/543/indicacao_14_-_estacionamento_hospital.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/554/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/555/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/557/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/566/indicacao_18_-_andre_e_negao_-_servicos_funerarios.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/569/ind_19-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/584/ind_20.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/583/ind_21.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/598/indicacao_22_-_andre_e_negao_-_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/603/ind_23.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/614/ind_24_-_protocolo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/615/ind_25_-_protocolo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/623/ind_26.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/636/ind_27.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/642/ind_28.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/500/ato_da_presidencia_01-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/538/ato_da_presidencia_02.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/570/ato_da_presidencia_-_aniversario_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/571/ato_da_presidencia_04_-_recesso.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/616/ato_5.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/612/ato_06.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/639/ato_pres_07_-_dia_do_servidor_publico.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/437/pl_1-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/438/pl_02-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/508/pl_04.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/527/pl_5-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/556/pl_6-2025_camara_institucional.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/567/pl_7-2025_parcelamento_solo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/573/pll_08.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/587/pl_9-2025_cmma.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/594/pl_10-2025_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/622/pl_11-2025_titulo_honorario.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/627/pl_12-2025_cadeiras.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/581/lc_01-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/629/plc_02-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/452/projeto_de_resolucao_01-2025_prestacao_de_contas_2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_resolucao_02-2025_licitacao.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/453/preso_03-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/534/resolucao_04-2025_reuniao_das_comissoes.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/593/resolucao_05-2025_lgpd.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/602/proj_resolucao_no_06.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/640/resolucao_07-dispensa_eletronica.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/520/apl_1-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/572/apl_2-2025_parcelamento_solo.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/582/apl_3-2025_equoterapia.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/631/apl_4-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/430/ato_da_mesa_01-2025_-_comissoes_permanentes_2025-2026.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/439/ato_da_mesa_02-2025_-_horario_expediente.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/595/ato_da_mesa_05_1.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/494/proc_adm_363-2016_-_wrc_quiosque.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/495/procedimento_02.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/518/procedimento_003-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/442/parecer_juridico.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/443/parecer_juridico.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/451/parecer_juridico_pl_04.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/459/parecer_juridico_pl_01.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/461/parecer_juridico.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/466/parecer_juridico.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/467/parecer_juridico.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/470/parecer_juridico_pl_08.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/473/parecer_juridico_pl_09.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/476/parecer_juridico_pl_11.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/479/parecer_juridico_pl_12.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/482/parecer_juridico_pl_13.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/485/parecer_juridico_pl_14.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/496/parecer_juridico_pl_01.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/501/parecer_juridico_pl_17.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/502/parecer_juridica_pl_10.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/503/parecer_juridico_pl_18.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/510/pj_19.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/548/parecer_juridico_pl_36.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/558/parecer_juridico_37-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/444/parecer_cljrf.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/460/parecer_comissao_ljrf.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/462/parecer_ljrf.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/463/parecer_comissao_ljrf.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/465/parecer_ljrf.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/468/parecer_ljrf.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/471/parecer_ljrf_pl08.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/474/parecer_ljrf_pl09.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/477/parecer_ljrf_pl11.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/480/parecer_ljrf_pl12.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/483/parecer_ljrf_pl13.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/511/parecer_cjrf.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/445/parecer_cof.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/464/parecer_comissao_of.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/469/parecer_of.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/472/parecer_of_pl08.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/475/parecer_of_pl09.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/478/parecer_of_pl11.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/481/parecer_of_pl_12.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/484/parecer_of_pl_13.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/487/parecer_of_pl_14.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/512/parecer_of.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/523/relatorio_e_voto_comissao.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/449/pc-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/450/01224_24_decisao-463_apl-tc_00255_24.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/497/emenda_aditiva_e_mod_ao_pl_01-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/647/dec_02.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/432/pl_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/433/pl_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/434/pl_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/431/pl_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/435/05_reajuste__geral_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/436/pl_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/440/pl_07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/455/011_ab_credito_especial_federal_semed_271.17925.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/456/012_ab_credito_especial_federal_semagri_300.00000.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/457/013_ab_credito_especial_federal_semie_500.00000_t.e.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/458/pl_14.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/507/pl_15-2025_2.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/491/pl_16-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/498/018_ab_credito_por_anulacao_de_dotacao_semagri_71.51982.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/505/019_ab_credito_por_anulacao_de_dotacao_camara_municipal_371.31444.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/514/pl_21-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/524/pl_23_ab_credito_especial_estadual_saude_valor_223.00000.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/525/pl_24_ab_credito_especial_estadual_semec_valor_24.96000.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/526/pl_25_ab_credito_especial_federal_saude_304.80000.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/516/pl_26_ab_credito_especial_federal_semie_729.50000.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/517/pl_27-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/531/pl_28_altera_anexo_unico_da_885_quadro_de_vagas_assistente_social_semtras.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/530/pl_29_projeto_de_lei_-_apenados_2.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/540/pl_030_projeto_de_lei_-_descontos_e_consignacoes.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/536/pl_31_ab_credito_por_anulacao_de_dotacao_camara_municipal_e_semed__571.35332.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/537/pl_32_ab_credito_especial_federal_semie_1.000.00000_t.e.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/542/pl_33.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/544/pl_34-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/545/pl_35.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/547/pl_36.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/562/pl_38-completo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/563/pl_39-2025_completo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/564/pl_40.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/565/pl_41.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/568/pl_42.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/585/043_ab_credito_especial_federal_semie_778.64539.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/576/pl_44.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/577/pl_45-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/580/pl_47.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/589/pl_48.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/590/pl_49.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/591/pl_51.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/592/pl_52.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/611/pl_57-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/608/pl_58_-_ppa_2026-2029_integra.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/609/pl_59-2025_ldo_2026_-_integra.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/610/loa_exercicio_2026_com_pl_060.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/613/pl_61_despesa_na_ro_135.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/634/062_ab_credito_anulacao_de_dotacao_fundo_assistencia_social_e_semtras_projeto_scarlett.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/619/pl_63_selo_sim_reginal.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/620/pl_64.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/624/pl_65_-_integra.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/625/pl_66_ab_credito_por_anulacao_de_dotacao_camara_municipal_151.93314.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/633/pl_68_-_integra.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/638/pl_70-integra.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/643/pl_71-integra.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/644/pl_72-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/645/pl_73-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/646/pl_74-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/648/pl_75-25.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/649/pl_76-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/650/pl_77-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/651/pl_78-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/652/pl_79-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/653/pl_80-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/654/pl_81-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/655/pl_82-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/656/pl_83-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/657/pl_84-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/658/pl_85-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/659/pl_86-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/665/pl_87-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/660/pl_88-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/661/pl_90-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/662/pl_91-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/663/pl_92-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/664/pl_93-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento_01_-_alvaro_e_flamarion.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/509/requerimento_02_-_alvaro.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_03_-_flamarion_alvaro_-_mocao_aplauso.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/579/rq_04.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/539/rq_05.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/546/rq_6_-_alvaro_e_andre_-_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/549/rq_07_-_negao_e_andre.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/550/requerimento_08_-_alvaro_nata_flamarion_-_salario_contribuicao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/552/rq_09_nata.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/553/rq_10_-_alvaro.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/559/rq_11_-_dalton.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/561/requerimento_12_-_marilza_condutor_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/574/rq_13.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/575/rq_14.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/578/rq_15.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/586/rq_16.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/588/rq_17.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/599/rq_18.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/604/rq_19.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/617/rq_20.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/626/requerimento_21_-__alvaro.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/628/rq_22_-_protocolo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/630/rq_23.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/635/rq_24.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/641/requerimento_25_-__aposentadoria_servidores.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/618/pr-ro-00035140.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/605/image_065.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/621/ofc_1376-2025-prm-jp-2o.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_01_-_jeremias_refiz.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao_02_-_alvaro_e_andre_ponte_152.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_03-_flamarion_auxilio_alimentacao_protocolado.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/499/indicacao_04_-_andre.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_05_-_alvaro.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/522/indicacao_07_-_andre_-_energisa.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_08_-_marilza.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_09_-_nata_flamarion_ultrassom.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao_10_-_flamarion.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao_11_-_nenao_quebra_mola.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/535/indicacao_12_-_alvaro_-_pavimento_cohab.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/541/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/543/indicacao_14_-_estacionamento_hospital.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/554/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/555/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/557/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/566/indicacao_18_-_andre_e_negao_-_servicos_funerarios.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/569/ind_19-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/584/ind_20.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/583/ind_21.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/598/indicacao_22_-_andre_e_negao_-_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/603/ind_23.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/614/ind_24_-_protocolo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/615/ind_25_-_protocolo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/623/ind_26.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/636/ind_27.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/642/ind_28.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/688/indicacao_29-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/689/indicacao_30-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/690/inidicacao_31-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/691/indicacao_32-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/692/indicacao_33-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/500/ato_da_presidencia_01-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/538/ato_da_presidencia_02.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/570/ato_da_presidencia_-_aniversario_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/571/ato_da_presidencia_04_-_recesso.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/616/ato_5.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/612/ato_06.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/639/ato_pres_07_-_dia_do_servidor_publico.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/695/ato_da_presidencia_08-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/696/ato_da_presidencia_09-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/437/pl_1-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/438/pl_02-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/508/pl_04.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/527/pl_5-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/556/pl_6-2025_camara_institucional.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/567/pl_7-2025_parcelamento_solo.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/573/pll_08.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/587/pl_9-2025_cmma.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/594/pl_10-2025_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/622/pl_11-2025_titulo_honorario.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/627/pl_12-2025_cadeiras.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/581/lc_01-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/629/plc_02-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/452/projeto_de_resolucao_01-2025_prestacao_de_contas_2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_resolucao_02-2025_licitacao.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/453/preso_03-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/534/resolucao_04-2025_reuniao_das_comissoes.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/593/resolucao_05-2025_lgpd.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/602/proj_resolucao_no_06.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/640/resolucao_07-dispensa_eletronica.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/520/apl_1-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/572/apl_2-2025_parcelamento_solo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/582/apl_3-2025_equoterapia.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/631/apl_4-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/672/anteprojeto_05.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/430/ato_da_mesa_01-2025_-_comissoes_permanentes_2025-2026.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/439/ato_da_mesa_02-2025_-_horario_expediente.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/595/ato_da_mesa_05_1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/494/proc_adm_363-2016_-_wrc_quiosque.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/495/procedimento_02.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/518/procedimento_003-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/442/parecer_juridico.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/443/parecer_juridico.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/451/parecer_juridico_pl_04.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/459/parecer_juridico_pl_01.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/461/parecer_juridico.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/466/parecer_juridico.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/467/parecer_juridico.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/470/parecer_juridico_pl_08.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/473/parecer_juridico_pl_09.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/476/parecer_juridico_pl_11.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/479/parecer_juridico_pl_12.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/482/parecer_juridico_pl_13.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/485/parecer_juridico_pl_14.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/496/parecer_juridico_pl_01.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/501/parecer_juridico_pl_17.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/502/parecer_juridica_pl_10.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/503/parecer_juridico_pl_18.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/510/pj_19.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/548/parecer_juridico_pl_36.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/558/parecer_juridico_37-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/444/parecer_cljrf.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/460/parecer_comissao_ljrf.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/462/parecer_ljrf.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/463/parecer_comissao_ljrf.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/465/parecer_ljrf.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/468/parecer_ljrf.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/471/parecer_ljrf_pl08.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/474/parecer_ljrf_pl09.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/477/parecer_ljrf_pl11.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/480/parecer_ljrf_pl12.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/483/parecer_ljrf_pl13.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/511/parecer_cjrf.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/445/parecer_cof.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/464/parecer_comissao_of.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/469/parecer_of.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/472/parecer_of_pl08.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/475/parecer_of_pl09.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/478/parecer_of_pl11.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/481/parecer_of_pl_12.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/484/parecer_of_pl_13.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/487/parecer_of_pl_14.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/512/parecer_of.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/523/relatorio_e_voto_comissao.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/449/pc-2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/450/01224_24_decisao-463_apl-tc_00255_24.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/497/emenda_aditiva_e_mod_ao_pl_01-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/647/dec_02.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H211"/>
+  <dimension ref="A1:H237"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="51.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="191.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="165.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="164.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3068,5144 +3365,5814 @@
       </c>
       <c r="H14" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>64</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>65</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="H15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H16" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="H17" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="H18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>62</v>
+        <v>81</v>
       </c>
       <c r="H19" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="H20" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="H21" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
         <v>12</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="H22" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="H23" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="H24" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="H25" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="H26" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="H27" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="H28" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="H29" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="H30" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="H31" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="H32" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>12</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="H33" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H34" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>12</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="H35" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
         <v>12</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="H36" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>12</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="H37" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>12</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="H38" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
         <v>12</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H39" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="H40" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="H41" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="H42" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="H43" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H44" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="H45" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="H46" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="H47" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="H48" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="H49" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="H50" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="H51" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="H52" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="H53" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="H54" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
         <v>12</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="H55" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
         <v>12</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="H56" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
         <v>12</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="H57" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="H58" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="H59" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
         <v>12</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="H60" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
         <v>12</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="H61" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="H62" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="H63" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
         <v>12</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="H64" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="H65" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="H66" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="H67" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
         <v>12</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="H68" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
         <v>12</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="H69" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>10</v>
+        <v>277</v>
       </c>
       <c r="D70" t="s">
-        <v>275</v>
+        <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>276</v>
+        <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>277</v>
+        <v>13</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>278</v>
       </c>
       <c r="H70" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>280</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>17</v>
+        <v>281</v>
       </c>
       <c r="D71" t="s">
-        <v>275</v>
+        <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>276</v>
+        <v>12</v>
       </c>
       <c r="F71" t="s">
-        <v>281</v>
+        <v>13</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>282</v>
       </c>
       <c r="H71" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>284</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>21</v>
+        <v>285</v>
       </c>
       <c r="D72" t="s">
-        <v>275</v>
+        <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>276</v>
+        <v>12</v>
       </c>
       <c r="F72" t="s">
-        <v>285</v>
+        <v>13</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>286</v>
       </c>
       <c r="H72" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>288</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>25</v>
+        <v>289</v>
       </c>
       <c r="D73" t="s">
-        <v>275</v>
+        <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>276</v>
+        <v>12</v>
       </c>
       <c r="F73" t="s">
-        <v>289</v>
+        <v>13</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>290</v>
       </c>
       <c r="H73" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>292</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>29</v>
+        <v>293</v>
       </c>
       <c r="D74" t="s">
-        <v>275</v>
+        <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-        <v>285</v>
+        <v>12</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="H74" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>33</v>
+        <v>297</v>
       </c>
       <c r="D75" t="s">
-        <v>275</v>
+        <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>276</v>
+        <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>296</v>
+        <v>13</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H75" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>37</v>
+        <v>301</v>
       </c>
       <c r="D76" t="s">
-        <v>275</v>
+        <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>276</v>
+        <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>300</v>
+        <v>13</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="H76" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D77" t="s">
-        <v>275</v>
+        <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-        <v>281</v>
+        <v>12</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H77" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D78" t="s">
-        <v>275</v>
+        <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>276</v>
+        <v>12</v>
       </c>
       <c r="F78" t="s">
-        <v>309</v>
+        <v>13</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>310</v>
       </c>
       <c r="H78" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>312</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>313</v>
       </c>
       <c r="D79" t="s">
-        <v>275</v>
+        <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>276</v>
+        <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>281</v>
+        <v>13</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>314</v>
       </c>
       <c r="H79" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>316</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>41</v>
+        <v>317</v>
       </c>
       <c r="D80" t="s">
-        <v>275</v>
+        <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>276</v>
+        <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>317</v>
+        <v>13</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>318</v>
       </c>
       <c r="H80" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>320</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>45</v>
+        <v>321</v>
       </c>
       <c r="D81" t="s">
-        <v>275</v>
+        <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>276</v>
+        <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>321</v>
+        <v>13</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>322</v>
       </c>
       <c r="H81" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>324</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>49</v>
+        <v>325</v>
       </c>
       <c r="D82" t="s">
-        <v>275</v>
+        <v>11</v>
       </c>
       <c r="E82" t="s">
-        <v>276</v>
+        <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>317</v>
+        <v>13</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="H82" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>53</v>
+        <v>329</v>
       </c>
       <c r="D83" t="s">
-        <v>275</v>
+        <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>276</v>
+        <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>321</v>
+        <v>13</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H83" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>57</v>
+        <v>333</v>
       </c>
       <c r="D84" t="s">
-        <v>275</v>
+        <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>276</v>
+        <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>331</v>
+        <v>13</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="H84" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>61</v>
+        <v>337</v>
       </c>
       <c r="D85" t="s">
-        <v>275</v>
+        <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>276</v>
+        <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>309</v>
+        <v>13</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="H85" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>65</v>
+        <v>341</v>
       </c>
       <c r="D86" t="s">
-        <v>275</v>
+        <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>276</v>
+        <v>12</v>
       </c>
       <c r="F86" t="s">
-        <v>338</v>
+        <v>13</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="H86" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>68</v>
+        <v>345</v>
       </c>
       <c r="D87" t="s">
-        <v>275</v>
+        <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>276</v>
+        <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>281</v>
+        <v>13</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="H87" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="D88" t="s">
-        <v>275</v>
+        <v>349</v>
       </c>
       <c r="E88" t="s">
-        <v>276</v>
+        <v>350</v>
       </c>
       <c r="F88" t="s">
-        <v>285</v>
+        <v>351</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="H88" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>347</v>
+        <v>354</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>76</v>
+        <v>17</v>
       </c>
       <c r="D89" t="s">
-        <v>275</v>
+        <v>349</v>
       </c>
       <c r="E89" t="s">
-        <v>276</v>
+        <v>350</v>
       </c>
       <c r="F89" t="s">
-        <v>348</v>
+        <v>355</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
       <c r="H89" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>79</v>
+        <v>21</v>
       </c>
       <c r="D90" t="s">
-        <v>275</v>
+        <v>349</v>
       </c>
       <c r="E90" t="s">
-        <v>276</v>
+        <v>350</v>
       </c>
       <c r="F90" t="s">
-        <v>281</v>
+        <v>359</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>352</v>
+        <v>360</v>
       </c>
       <c r="H90" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>82</v>
+        <v>25</v>
       </c>
       <c r="D91" t="s">
-        <v>275</v>
+        <v>349</v>
       </c>
       <c r="E91" t="s">
-        <v>276</v>
+        <v>350</v>
       </c>
       <c r="F91" t="s">
-        <v>281</v>
+        <v>363</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="H91" t="s">
-        <v>356</v>
+        <v>365</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="D92" t="s">
-        <v>275</v>
+        <v>349</v>
       </c>
       <c r="E92" t="s">
-        <v>276</v>
+        <v>350</v>
       </c>
       <c r="F92" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>359</v>
+        <v>367</v>
       </c>
       <c r="H92" t="s">
-        <v>360</v>
+        <v>368</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>361</v>
+        <v>369</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="D93" t="s">
-        <v>275</v>
+        <v>349</v>
       </c>
       <c r="E93" t="s">
-        <v>276</v>
+        <v>350</v>
+      </c>
+      <c r="F93" t="s">
+        <v>370</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="H93" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>93</v>
+        <v>37</v>
       </c>
       <c r="D94" t="s">
-        <v>275</v>
+        <v>349</v>
       </c>
       <c r="E94" t="s">
-        <v>276</v>
+        <v>350</v>
       </c>
       <c r="F94" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="H94" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>368</v>
+        <v>377</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>33</v>
+        <v>378</v>
       </c>
       <c r="D95" t="s">
-        <v>369</v>
+        <v>349</v>
       </c>
       <c r="E95" t="s">
-        <v>370</v>
+        <v>350</v>
       </c>
       <c r="F95" t="s">
-        <v>371</v>
+        <v>355</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="H95" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>49</v>
+        <v>382</v>
       </c>
       <c r="D96" t="s">
-        <v>369</v>
+        <v>349</v>
       </c>
       <c r="E96" t="s">
-        <v>370</v>
+        <v>350</v>
       </c>
       <c r="F96" t="s">
-        <v>375</v>
+        <v>383</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>376</v>
+        <v>384</v>
       </c>
       <c r="H96" t="s">
-        <v>377</v>
+        <v>385</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="D97" t="s">
-        <v>369</v>
+        <v>349</v>
       </c>
       <c r="E97" t="s">
-        <v>370</v>
+        <v>350</v>
       </c>
       <c r="F97" t="s">
-        <v>371</v>
+        <v>355</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="H97" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>382</v>
+        <v>390</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="D98" t="s">
-        <v>383</v>
+        <v>349</v>
       </c>
       <c r="E98" t="s">
-        <v>384</v>
+        <v>350</v>
       </c>
       <c r="F98" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="H98" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="D99" t="s">
-        <v>383</v>
+        <v>349</v>
       </c>
       <c r="E99" t="s">
-        <v>384</v>
+        <v>350</v>
       </c>
       <c r="F99" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="H99" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="D100" t="s">
-        <v>383</v>
+        <v>349</v>
       </c>
       <c r="E100" t="s">
-        <v>384</v>
+        <v>350</v>
       </c>
       <c r="F100" t="s">
-        <v>285</v>
+        <v>391</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="H100" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>401</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>53</v>
+      </c>
+      <c r="D101" t="s">
+        <v>349</v>
+      </c>
+      <c r="E101" t="s">
+        <v>350</v>
+      </c>
+      <c r="F101" t="s">
         <v>395</v>
       </c>
-      <c r="B101" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G101" s="1" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="H101" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="D102" t="s">
-        <v>383</v>
+        <v>349</v>
       </c>
       <c r="E102" t="s">
-        <v>384</v>
+        <v>350</v>
       </c>
       <c r="F102" t="s">
-        <v>281</v>
+        <v>405</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="H102" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="D103" t="s">
+        <v>349</v>
+      </c>
+      <c r="E103" t="s">
+        <v>350</v>
+      </c>
+      <c r="F103" t="s">
         <v>383</v>
       </c>
-      <c r="E103" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G103" s="1" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="H103" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>37</v>
+        <v>65</v>
       </c>
       <c r="D104" t="s">
-        <v>383</v>
+        <v>349</v>
       </c>
       <c r="E104" t="s">
-        <v>384</v>
+        <v>350</v>
       </c>
       <c r="F104" t="s">
-        <v>338</v>
+        <v>412</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="H104" t="s">
-        <v>406</v>
+        <v>414</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>407</v>
+        <v>415</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>304</v>
+        <v>69</v>
       </c>
       <c r="D105" t="s">
-        <v>383</v>
+        <v>349</v>
       </c>
       <c r="E105" t="s">
-        <v>384</v>
+        <v>350</v>
       </c>
       <c r="F105" t="s">
-        <v>321</v>
+        <v>355</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="H105" t="s">
-        <v>409</v>
+        <v>417</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>308</v>
+        <v>73</v>
       </c>
       <c r="D106" t="s">
-        <v>383</v>
+        <v>349</v>
       </c>
       <c r="E106" t="s">
-        <v>384</v>
+        <v>350</v>
       </c>
       <c r="F106" t="s">
-        <v>411</v>
+        <v>359</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="H106" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>313</v>
+        <v>77</v>
       </c>
       <c r="D107" t="s">
-        <v>383</v>
+        <v>349</v>
       </c>
       <c r="E107" t="s">
-        <v>384</v>
+        <v>350</v>
       </c>
       <c r="F107" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="H107" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>41</v>
+        <v>80</v>
       </c>
       <c r="D108" t="s">
-        <v>383</v>
+        <v>349</v>
       </c>
       <c r="E108" t="s">
-        <v>384</v>
+        <v>350</v>
       </c>
       <c r="F108" t="s">
-        <v>375</v>
+        <v>355</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>419</v>
+        <v>426</v>
       </c>
       <c r="H108" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>421</v>
+        <v>428</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>45</v>
+        <v>84</v>
       </c>
       <c r="D109" t="s">
-        <v>383</v>
+        <v>349</v>
       </c>
       <c r="E109" t="s">
-        <v>384</v>
+        <v>350</v>
       </c>
       <c r="F109" t="s">
-        <v>281</v>
+        <v>355</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="H109" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>424</v>
+        <v>431</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>49</v>
+        <v>87</v>
       </c>
       <c r="D110" t="s">
-        <v>383</v>
+        <v>349</v>
       </c>
       <c r="E110" t="s">
-        <v>384</v>
+        <v>350</v>
       </c>
       <c r="F110" t="s">
-        <v>281</v>
+        <v>432</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>425</v>
+        <v>433</v>
       </c>
       <c r="H110" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="D111" t="s">
-        <v>383</v>
+        <v>349</v>
       </c>
       <c r="E111" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-        <v>321</v>
+        <v>350</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="H111" t="s">
-        <v>429</v>
+        <v>437</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>57</v>
+        <v>95</v>
       </c>
       <c r="D112" t="s">
-        <v>383</v>
+        <v>349</v>
       </c>
       <c r="E112" t="s">
-        <v>384</v>
+        <v>350</v>
       </c>
       <c r="F112" t="s">
-        <v>309</v>
+        <v>439</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
       <c r="H112" t="s">
-        <v>432</v>
+        <v>441</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="D113" t="s">
-        <v>383</v>
+        <v>443</v>
       </c>
       <c r="E113" t="s">
-        <v>384</v>
+        <v>444</v>
       </c>
       <c r="F113" t="s">
-        <v>309</v>
+        <v>445</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>434</v>
+        <v>446</v>
       </c>
       <c r="H113" t="s">
-        <v>435</v>
+        <v>447</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>436</v>
+        <v>448</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
       <c r="D114" t="s">
-        <v>383</v>
+        <v>443</v>
       </c>
       <c r="E114" t="s">
-        <v>384</v>
+        <v>444</v>
       </c>
       <c r="F114" t="s">
-        <v>437</v>
+        <v>449</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>438</v>
+        <v>450</v>
       </c>
       <c r="H114" t="s">
-        <v>439</v>
+        <v>451</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>440</v>
+        <v>452</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>68</v>
+        <v>453</v>
       </c>
       <c r="D115" t="s">
-        <v>383</v>
+        <v>443</v>
       </c>
       <c r="E115" t="s">
-        <v>384</v>
+        <v>444</v>
       </c>
       <c r="F115" t="s">
-        <v>437</v>
+        <v>445</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
       <c r="H115" t="s">
-        <v>442</v>
+        <v>455</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>443</v>
+        <v>456</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="D116" t="s">
-        <v>383</v>
+        <v>457</v>
       </c>
       <c r="E116" t="s">
-        <v>384</v>
+        <v>458</v>
       </c>
       <c r="F116" t="s">
-        <v>338</v>
+        <v>459</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>444</v>
+        <v>460</v>
       </c>
       <c r="H116" t="s">
-        <v>445</v>
+        <v>461</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>446</v>
+        <v>462</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>76</v>
+        <v>17</v>
       </c>
       <c r="D117" t="s">
-        <v>383</v>
+        <v>457</v>
       </c>
       <c r="E117" t="s">
-        <v>384</v>
+        <v>458</v>
       </c>
       <c r="F117" t="s">
-        <v>338</v>
+        <v>463</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>447</v>
+        <v>464</v>
       </c>
       <c r="H117" t="s">
-        <v>448</v>
+        <v>465</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>449</v>
+        <v>466</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>79</v>
+        <v>21</v>
       </c>
       <c r="D118" t="s">
-        <v>383</v>
+        <v>457</v>
       </c>
       <c r="E118" t="s">
-        <v>384</v>
+        <v>458</v>
       </c>
       <c r="F118" t="s">
-        <v>450</v>
+        <v>359</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>451</v>
+        <v>467</v>
       </c>
       <c r="H118" t="s">
-        <v>452</v>
+        <v>468</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>453</v>
+        <v>469</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>82</v>
+        <v>25</v>
       </c>
       <c r="D119" t="s">
-        <v>383</v>
+        <v>457</v>
       </c>
       <c r="E119" t="s">
-        <v>384</v>
+        <v>458</v>
       </c>
       <c r="F119" t="s">
-        <v>454</v>
+        <v>412</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>455</v>
+        <v>470</v>
       </c>
       <c r="H119" t="s">
-        <v>456</v>
+        <v>471</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
+        <v>472</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>29</v>
+      </c>
+      <c r="D120" t="s">
         <v>457</v>
       </c>
-      <c r="B120" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E120" t="s">
-        <v>384</v>
+        <v>458</v>
       </c>
       <c r="F120" t="s">
-        <v>454</v>
+        <v>355</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>458</v>
+        <v>473</v>
       </c>
       <c r="H120" t="s">
-        <v>459</v>
+        <v>474</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>460</v>
+        <v>475</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="D121" t="s">
-        <v>383</v>
+        <v>457</v>
       </c>
       <c r="E121" t="s">
-        <v>384</v>
+        <v>458</v>
       </c>
       <c r="F121" t="s">
-        <v>375</v>
+        <v>355</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>461</v>
+        <v>476</v>
       </c>
       <c r="H121" t="s">
-        <v>462</v>
+        <v>477</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>463</v>
+        <v>478</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>93</v>
+        <v>37</v>
       </c>
       <c r="D122" t="s">
-        <v>383</v>
+        <v>457</v>
       </c>
       <c r="E122" t="s">
-        <v>384</v>
+        <v>458</v>
       </c>
       <c r="F122" t="s">
-        <v>365</v>
+        <v>412</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>464</v>
+        <v>479</v>
       </c>
       <c r="H122" t="s">
-        <v>465</v>
+        <v>480</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>466</v>
+        <v>481</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>97</v>
+        <v>378</v>
       </c>
       <c r="D123" t="s">
-        <v>383</v>
+        <v>457</v>
       </c>
       <c r="E123" t="s">
-        <v>384</v>
+        <v>458</v>
       </c>
       <c r="F123" t="s">
-        <v>415</v>
+        <v>395</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>467</v>
+        <v>482</v>
       </c>
       <c r="H123" t="s">
-        <v>468</v>
+        <v>483</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>469</v>
+        <v>484</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>101</v>
+        <v>382</v>
       </c>
       <c r="D124" t="s">
-        <v>383</v>
+        <v>457</v>
       </c>
       <c r="E124" t="s">
-        <v>384</v>
+        <v>458</v>
       </c>
       <c r="F124" t="s">
-        <v>437</v>
+        <v>485</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>470</v>
+        <v>486</v>
       </c>
       <c r="H124" t="s">
-        <v>471</v>
+        <v>487</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>472</v>
+        <v>488</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>105</v>
+        <v>387</v>
       </c>
       <c r="D125" t="s">
-        <v>383</v>
+        <v>457</v>
       </c>
       <c r="E125" t="s">
-        <v>384</v>
+        <v>458</v>
       </c>
       <c r="F125" t="s">
-        <v>321</v>
+        <v>489</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>473</v>
+        <v>490</v>
       </c>
       <c r="H125" t="s">
-        <v>474</v>
+        <v>491</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>475</v>
+        <v>492</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="D126" t="s">
-        <v>476</v>
+        <v>457</v>
       </c>
       <c r="E126" t="s">
-        <v>477</v>
+        <v>458</v>
       </c>
       <c r="F126" t="s">
-        <v>478</v>
+        <v>449</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>479</v>
+        <v>493</v>
       </c>
       <c r="H126" t="s">
-        <v>480</v>
+        <v>494</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>481</v>
+        <v>495</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="D127" t="s">
-        <v>476</v>
+        <v>457</v>
       </c>
       <c r="E127" t="s">
-        <v>477</v>
+        <v>458</v>
       </c>
       <c r="F127" t="s">
-        <v>478</v>
+        <v>355</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>482</v>
+        <v>496</v>
       </c>
       <c r="H127" t="s">
-        <v>483</v>
+        <v>497</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>484</v>
+        <v>498</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="D128" t="s">
-        <v>476</v>
+        <v>457</v>
       </c>
       <c r="E128" t="s">
-        <v>477</v>
+        <v>458</v>
       </c>
       <c r="F128" t="s">
-        <v>365</v>
+        <v>355</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>485</v>
+        <v>499</v>
       </c>
       <c r="H128" t="s">
-        <v>486</v>
+        <v>500</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>487</v>
+        <v>501</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="D129" t="s">
-        <v>476</v>
+        <v>457</v>
       </c>
       <c r="E129" t="s">
-        <v>477</v>
+        <v>458</v>
       </c>
       <c r="F129" t="s">
-        <v>478</v>
+        <v>395</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>488</v>
+        <v>502</v>
       </c>
       <c r="H129" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>490</v>
+        <v>504</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="D130" t="s">
-        <v>476</v>
+        <v>457</v>
       </c>
       <c r="E130" t="s">
-        <v>477</v>
+        <v>458</v>
       </c>
       <c r="F130" t="s">
-        <v>478</v>
+        <v>383</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>491</v>
+        <v>505</v>
       </c>
       <c r="H130" t="s">
-        <v>492</v>
+        <v>506</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>493</v>
+        <v>507</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="D131" t="s">
-        <v>476</v>
+        <v>457</v>
       </c>
       <c r="E131" t="s">
-        <v>477</v>
+        <v>458</v>
       </c>
       <c r="F131" t="s">
-        <v>478</v>
+        <v>383</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="H131" t="s">
-        <v>495</v>
+        <v>509</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>37</v>
+        <v>65</v>
       </c>
       <c r="D132" t="s">
-        <v>476</v>
+        <v>457</v>
       </c>
       <c r="E132" t="s">
-        <v>477</v>
+        <v>458</v>
       </c>
       <c r="F132" t="s">
-        <v>478</v>
+        <v>511</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>497</v>
+        <v>512</v>
       </c>
       <c r="H132" t="s">
-        <v>498</v>
+        <v>513</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>499</v>
+        <v>514</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>10</v>
+        <v>69</v>
       </c>
       <c r="D133" t="s">
-        <v>11</v>
+        <v>457</v>
       </c>
       <c r="E133" t="s">
-        <v>500</v>
+        <v>458</v>
       </c>
       <c r="F133" t="s">
-        <v>501</v>
+        <v>511</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>502</v>
+        <v>515</v>
       </c>
       <c r="H133" t="s">
-        <v>503</v>
+        <v>516</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>504</v>
+        <v>517</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="D134" t="s">
-        <v>11</v>
+        <v>457</v>
       </c>
       <c r="E134" t="s">
-        <v>500</v>
+        <v>458</v>
       </c>
       <c r="F134" t="s">
-        <v>365</v>
+        <v>412</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>505</v>
+        <v>518</v>
       </c>
       <c r="H134" t="s">
-        <v>506</v>
+        <v>519</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>507</v>
+        <v>520</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="D135" t="s">
-        <v>11</v>
+        <v>457</v>
       </c>
       <c r="E135" t="s">
-        <v>500</v>
+        <v>458</v>
       </c>
       <c r="F135" t="s">
-        <v>385</v>
+        <v>412</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>62</v>
+        <v>521</v>
       </c>
       <c r="H135" t="s">
-        <v>508</v>
+        <v>522</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="D136" t="s">
-        <v>11</v>
+        <v>457</v>
       </c>
       <c r="E136" t="s">
-        <v>500</v>
+        <v>458</v>
       </c>
       <c r="F136" t="s">
-        <v>309</v>
+        <v>524</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>510</v>
+        <v>525</v>
       </c>
       <c r="H136" t="s">
-        <v>511</v>
+        <v>526</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>512</v>
+        <v>527</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>29</v>
+        <v>84</v>
       </c>
       <c r="D137" t="s">
-        <v>11</v>
+        <v>457</v>
       </c>
       <c r="E137" t="s">
-        <v>500</v>
+        <v>458</v>
       </c>
       <c r="F137" t="s">
-        <v>501</v>
+        <v>528</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>513</v>
+        <v>529</v>
       </c>
       <c r="H137" t="s">
-        <v>514</v>
+        <v>530</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>515</v>
+        <v>531</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>33</v>
+        <v>87</v>
       </c>
       <c r="D138" t="s">
-        <v>11</v>
+        <v>457</v>
       </c>
       <c r="E138" t="s">
-        <v>500</v>
+        <v>458</v>
       </c>
       <c r="F138" t="s">
-        <v>365</v>
+        <v>528</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>516</v>
+        <v>532</v>
       </c>
       <c r="H138" t="s">
-        <v>517</v>
+        <v>533</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>518</v>
+        <v>534</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>37</v>
+        <v>91</v>
       </c>
       <c r="D139" t="s">
-        <v>11</v>
+        <v>457</v>
       </c>
       <c r="E139" t="s">
-        <v>500</v>
+        <v>458</v>
       </c>
       <c r="F139" t="s">
-        <v>277</v>
+        <v>449</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>519</v>
+        <v>535</v>
       </c>
       <c r="H139" t="s">
-        <v>520</v>
+        <v>536</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>521</v>
+        <v>537</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>304</v>
+        <v>95</v>
       </c>
       <c r="D140" t="s">
-        <v>11</v>
+        <v>457</v>
       </c>
       <c r="E140" t="s">
-        <v>500</v>
+        <v>458</v>
       </c>
       <c r="F140" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
       <c r="H140" t="s">
-        <v>523</v>
+        <v>539</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>524</v>
+        <v>540</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>308</v>
+        <v>99</v>
       </c>
       <c r="D141" t="s">
-        <v>11</v>
+        <v>457</v>
       </c>
       <c r="E141" t="s">
-        <v>500</v>
+        <v>458</v>
       </c>
       <c r="F141" t="s">
-        <v>309</v>
+        <v>489</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>525</v>
+        <v>541</v>
       </c>
       <c r="H141" t="s">
-        <v>526</v>
+        <v>542</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>527</v>
+        <v>543</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>313</v>
+        <v>103</v>
       </c>
       <c r="D142" t="s">
-        <v>11</v>
+        <v>457</v>
       </c>
       <c r="E142" t="s">
-        <v>500</v>
+        <v>458</v>
       </c>
       <c r="F142" t="s">
-        <v>338</v>
+        <v>511</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>528</v>
+        <v>544</v>
       </c>
       <c r="H142" t="s">
-        <v>529</v>
+        <v>545</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>530</v>
+        <v>546</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>41</v>
+        <v>107</v>
       </c>
       <c r="D143" t="s">
-        <v>11</v>
+        <v>457</v>
       </c>
       <c r="E143" t="s">
-        <v>500</v>
+        <v>458</v>
       </c>
       <c r="F143" t="s">
-        <v>338</v>
+        <v>395</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>531</v>
+        <v>547</v>
       </c>
       <c r="H143" t="s">
-        <v>532</v>
+        <v>548</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>533</v>
+        <v>549</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>45</v>
+        <v>111</v>
       </c>
       <c r="D144" t="s">
-        <v>11</v>
+        <v>457</v>
       </c>
       <c r="E144" t="s">
-        <v>500</v>
+        <v>458</v>
       </c>
       <c r="F144" t="s">
-        <v>281</v>
+        <v>355</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>534</v>
+        <v>550</v>
       </c>
       <c r="H144" t="s">
-        <v>535</v>
+        <v>551</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>536</v>
+        <v>552</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="D145" t="s">
-        <v>537</v>
+        <v>457</v>
       </c>
       <c r="E145" t="s">
-        <v>538</v>
+        <v>458</v>
       </c>
       <c r="F145" t="s">
-        <v>13</v>
+        <v>449</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>539</v>
+        <v>553</v>
       </c>
       <c r="H145" t="s">
-        <v>540</v>
+        <v>554</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>541</v>
+        <v>555</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="D146" t="s">
-        <v>537</v>
+        <v>457</v>
       </c>
       <c r="E146" t="s">
-        <v>538</v>
+        <v>458</v>
       </c>
       <c r="F146" t="s">
-        <v>13</v>
+        <v>412</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>542</v>
+        <v>556</v>
       </c>
       <c r="H146" t="s">
-        <v>543</v>
+        <v>557</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>544</v>
+        <v>558</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>10</v>
+        <v>123</v>
       </c>
       <c r="D147" t="s">
-        <v>545</v>
+        <v>457</v>
       </c>
       <c r="E147" t="s">
-        <v>546</v>
+        <v>458</v>
       </c>
       <c r="F147" t="s">
-        <v>547</v>
+        <v>374</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>548</v>
+        <v>559</v>
       </c>
       <c r="H147" t="s">
-        <v>549</v>
+        <v>560</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>550</v>
+        <v>561</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>17</v>
+        <v>127</v>
       </c>
       <c r="D148" t="s">
-        <v>545</v>
+        <v>457</v>
       </c>
       <c r="E148" t="s">
-        <v>546</v>
+        <v>458</v>
       </c>
       <c r="F148" t="s">
-        <v>501</v>
+        <v>489</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>551</v>
+        <v>562</v>
       </c>
       <c r="H148" t="s">
-        <v>552</v>
+        <v>563</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>553</v>
+        <v>564</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D149" t="s">
-        <v>545</v>
+        <v>565</v>
       </c>
       <c r="E149" t="s">
-        <v>546</v>
+        <v>566</v>
       </c>
       <c r="F149" t="s">
-        <v>501</v>
+        <v>567</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>554</v>
+        <v>568</v>
       </c>
       <c r="H149" t="s">
-        <v>555</v>
+        <v>569</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>556</v>
+        <v>570</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D150" t="s">
-        <v>545</v>
+        <v>565</v>
       </c>
       <c r="E150" t="s">
-        <v>546</v>
+        <v>566</v>
       </c>
       <c r="F150" t="s">
-        <v>501</v>
+        <v>567</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>557</v>
+        <v>571</v>
       </c>
       <c r="H150" t="s">
-        <v>558</v>
+        <v>572</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>559</v>
+        <v>573</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D151" t="s">
-        <v>545</v>
+        <v>565</v>
       </c>
       <c r="E151" t="s">
-        <v>546</v>
+        <v>566</v>
       </c>
       <c r="F151" t="s">
-        <v>501</v>
+        <v>439</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>560</v>
+        <v>574</v>
       </c>
       <c r="H151" t="s">
-        <v>561</v>
+        <v>575</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>562</v>
+        <v>576</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D152" t="s">
-        <v>545</v>
+        <v>565</v>
       </c>
       <c r="E152" t="s">
-        <v>546</v>
+        <v>566</v>
       </c>
       <c r="F152" t="s">
-        <v>501</v>
+        <v>567</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>563</v>
+        <v>577</v>
       </c>
       <c r="H152" t="s">
-        <v>564</v>
+        <v>578</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
+        <v>579</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>29</v>
+      </c>
+      <c r="D153" t="s">
         <v>565</v>
       </c>
-      <c r="B153" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E153" t="s">
-        <v>546</v>
+        <v>566</v>
       </c>
       <c r="F153" t="s">
-        <v>501</v>
+        <v>567</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>566</v>
+        <v>580</v>
       </c>
       <c r="H153" t="s">
-        <v>567</v>
+        <v>581</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>568</v>
+        <v>582</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D154" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="E154" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="F154" t="s">
-        <v>415</v>
+        <v>567</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>571</v>
+        <v>583</v>
       </c>
       <c r="H154" t="s">
-        <v>572</v>
+        <v>584</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>573</v>
+        <v>585</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="D155" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="E155" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="F155" t="s">
-        <v>277</v>
+        <v>567</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>574</v>
+        <v>586</v>
       </c>
       <c r="H155" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>576</v>
+        <v>588</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>21</v>
+        <v>378</v>
       </c>
       <c r="D156" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="E156" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="F156" t="s">
-        <v>577</v>
+        <v>383</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>578</v>
+        <v>589</v>
       </c>
       <c r="H156" t="s">
-        <v>579</v>
+        <v>590</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>580</v>
+        <v>591</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>25</v>
+        <v>382</v>
       </c>
       <c r="D157" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="E157" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="F157" t="s">
-        <v>581</v>
+        <v>383</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>582</v>
+        <v>592</v>
       </c>
       <c r="H157" t="s">
-        <v>583</v>
+        <v>593</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>584</v>
+        <v>594</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>10</v>
       </c>
       <c r="D158" t="s">
-        <v>476</v>
+        <v>11</v>
       </c>
       <c r="E158" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="F158" t="s">
-        <v>501</v>
+        <v>596</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>586</v>
+        <v>597</v>
       </c>
       <c r="H158" t="s">
-        <v>587</v>
+        <v>598</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>588</v>
+        <v>599</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>17</v>
       </c>
       <c r="D159" t="s">
-        <v>476</v>
+        <v>11</v>
       </c>
       <c r="E159" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="F159" t="s">
-        <v>501</v>
+        <v>439</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>589</v>
+        <v>600</v>
       </c>
       <c r="H159" t="s">
-        <v>590</v>
+        <v>601</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>591</v>
+        <v>602</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D160" t="s">
-        <v>476</v>
+        <v>11</v>
       </c>
       <c r="E160" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="F160" t="s">
-        <v>501</v>
+        <v>459</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>592</v>
+        <v>66</v>
       </c>
       <c r="H160" t="s">
-        <v>593</v>
+        <v>603</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>594</v>
+        <v>604</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D161" t="s">
+        <v>11</v>
+      </c>
+      <c r="E161" t="s">
         <v>595</v>
       </c>
-      <c r="E161" t="s">
-        <v>596</v>
+      <c r="F161" t="s">
+        <v>383</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>597</v>
+        <v>605</v>
       </c>
       <c r="H161" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>599</v>
+        <v>607</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D162" t="s">
+        <v>11</v>
+      </c>
+      <c r="E162" t="s">
         <v>595</v>
       </c>
-      <c r="E162" t="s">
+      <c r="F162" t="s">
         <v>596</v>
       </c>
-      <c r="F162" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G162" s="1" t="s">
-        <v>600</v>
+        <v>608</v>
       </c>
       <c r="H162" t="s">
-        <v>601</v>
+        <v>609</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>602</v>
+        <v>610</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="D163" t="s">
+        <v>11</v>
+      </c>
+      <c r="E163" t="s">
         <v>595</v>
       </c>
-      <c r="E163" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F163" t="s">
-        <v>385</v>
+        <v>439</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="H163" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>605</v>
+        <v>613</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="D164" t="s">
-        <v>606</v>
+        <v>11</v>
       </c>
       <c r="E164" t="s">
-        <v>607</v>
+        <v>595</v>
       </c>
       <c r="F164" t="s">
-        <v>608</v>
+        <v>351</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="H164" t="s">
-        <v>607</v>
+        <v>615</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>25</v>
+        <v>378</v>
       </c>
       <c r="D165" t="s">
-        <v>606</v>
+        <v>11</v>
       </c>
       <c r="E165" t="s">
-        <v>607</v>
+        <v>595</v>
       </c>
       <c r="F165" t="s">
-        <v>608</v>
+        <v>524</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="H165" t="s">
-        <v>607</v>
+        <v>618</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>29</v>
+        <v>382</v>
       </c>
       <c r="D166" t="s">
-        <v>606</v>
+        <v>11</v>
       </c>
       <c r="E166" t="s">
-        <v>607</v>
+        <v>595</v>
       </c>
       <c r="F166" t="s">
-        <v>608</v>
+        <v>383</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="H166" t="s">
-        <v>614</v>
+        <v>621</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>615</v>
+        <v>622</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>33</v>
+        <v>387</v>
       </c>
       <c r="D167" t="s">
-        <v>606</v>
+        <v>11</v>
       </c>
       <c r="E167" t="s">
-        <v>607</v>
+        <v>595</v>
       </c>
       <c r="F167" t="s">
-        <v>608</v>
+        <v>412</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>616</v>
+        <v>623</v>
       </c>
       <c r="H167" t="s">
-        <v>617</v>
+        <v>624</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>618</v>
+        <v>625</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D168" t="s">
-        <v>606</v>
+        <v>11</v>
       </c>
       <c r="E168" t="s">
-        <v>607</v>
+        <v>595</v>
       </c>
       <c r="F168" t="s">
-        <v>608</v>
+        <v>412</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>619</v>
+        <v>626</v>
       </c>
       <c r="H168" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>304</v>
+        <v>45</v>
       </c>
       <c r="D169" t="s">
-        <v>606</v>
+        <v>11</v>
       </c>
       <c r="E169" t="s">
-        <v>607</v>
+        <v>595</v>
       </c>
       <c r="F169" t="s">
-        <v>608</v>
+        <v>355</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="H169" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>308</v>
+        <v>10</v>
       </c>
       <c r="D170" t="s">
-        <v>606</v>
+        <v>632</v>
       </c>
       <c r="E170" t="s">
-        <v>607</v>
+        <v>633</v>
       </c>
       <c r="F170" t="s">
-        <v>608</v>
+        <v>13</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>625</v>
+        <v>634</v>
       </c>
       <c r="H170" t="s">
-        <v>626</v>
+        <v>635</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>627</v>
+        <v>636</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>313</v>
+        <v>17</v>
       </c>
       <c r="D171" t="s">
-        <v>606</v>
+        <v>632</v>
       </c>
       <c r="E171" t="s">
-        <v>607</v>
+        <v>633</v>
       </c>
       <c r="F171" t="s">
-        <v>608</v>
+        <v>13</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
       <c r="H171" t="s">
-        <v>629</v>
+        <v>638</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>630</v>
+        <v>639</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="D172" t="s">
-        <v>606</v>
+        <v>640</v>
       </c>
       <c r="E172" t="s">
-        <v>607</v>
+        <v>641</v>
       </c>
       <c r="F172" t="s">
-        <v>608</v>
+        <v>642</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>631</v>
+        <v>643</v>
       </c>
       <c r="H172" t="s">
-        <v>632</v>
+        <v>644</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>633</v>
+        <v>645</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="D173" t="s">
-        <v>606</v>
+        <v>640</v>
       </c>
       <c r="E173" t="s">
-        <v>607</v>
+        <v>641</v>
       </c>
       <c r="F173" t="s">
-        <v>608</v>
+        <v>596</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>634</v>
+        <v>646</v>
       </c>
       <c r="H173" t="s">
-        <v>635</v>
+        <v>647</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>636</v>
+        <v>648</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="D174" t="s">
-        <v>606</v>
+        <v>640</v>
       </c>
       <c r="E174" t="s">
-        <v>607</v>
+        <v>641</v>
       </c>
       <c r="F174" t="s">
-        <v>608</v>
+        <v>596</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>637</v>
+        <v>649</v>
       </c>
       <c r="H174" t="s">
-        <v>638</v>
+        <v>650</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>639</v>
+        <v>651</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="D175" t="s">
-        <v>606</v>
+        <v>640</v>
       </c>
       <c r="E175" t="s">
-        <v>607</v>
+        <v>641</v>
       </c>
       <c r="F175" t="s">
-        <v>608</v>
+        <v>596</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>640</v>
+        <v>652</v>
       </c>
       <c r="H175" t="s">
-        <v>641</v>
+        <v>653</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>642</v>
+        <v>654</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="D176" t="s">
-        <v>606</v>
+        <v>640</v>
       </c>
       <c r="E176" t="s">
-        <v>607</v>
+        <v>641</v>
       </c>
       <c r="F176" t="s">
-        <v>608</v>
+        <v>596</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>643</v>
+        <v>655</v>
       </c>
       <c r="H176" t="s">
-        <v>644</v>
+        <v>656</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>645</v>
+        <v>657</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="D177" t="s">
-        <v>606</v>
+        <v>640</v>
       </c>
       <c r="E177" t="s">
-        <v>607</v>
+        <v>641</v>
       </c>
       <c r="F177" t="s">
-        <v>608</v>
+        <v>596</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>646</v>
+        <v>658</v>
       </c>
       <c r="H177" t="s">
-        <v>647</v>
+        <v>659</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>648</v>
+        <v>660</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="D178" t="s">
-        <v>606</v>
+        <v>640</v>
       </c>
       <c r="E178" t="s">
-        <v>607</v>
+        <v>641</v>
       </c>
       <c r="F178" t="s">
-        <v>608</v>
+        <v>596</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>649</v>
+        <v>661</v>
       </c>
       <c r="H178" t="s">
-        <v>650</v>
+        <v>662</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>651</v>
+        <v>663</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>68</v>
+        <v>10</v>
       </c>
       <c r="D179" t="s">
-        <v>606</v>
+        <v>664</v>
       </c>
       <c r="E179" t="s">
-        <v>607</v>
+        <v>665</v>
       </c>
       <c r="F179" t="s">
-        <v>608</v>
+        <v>489</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="H179" t="s">
-        <v>653</v>
+        <v>667</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>654</v>
+        <v>668</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>72</v>
+        <v>17</v>
       </c>
       <c r="D180" t="s">
-        <v>606</v>
+        <v>664</v>
       </c>
       <c r="E180" t="s">
-        <v>607</v>
+        <v>665</v>
       </c>
       <c r="F180" t="s">
-        <v>608</v>
+        <v>351</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="H180" t="s">
-        <v>656</v>
+        <v>670</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>657</v>
+        <v>671</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>76</v>
+        <v>21</v>
       </c>
       <c r="D181" t="s">
-        <v>606</v>
+        <v>664</v>
       </c>
       <c r="E181" t="s">
-        <v>607</v>
+        <v>665</v>
       </c>
       <c r="F181" t="s">
-        <v>608</v>
+        <v>672</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>658</v>
+        <v>673</v>
       </c>
       <c r="H181" t="s">
-        <v>659</v>
+        <v>674</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>660</v>
+        <v>675</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>79</v>
+        <v>25</v>
       </c>
       <c r="D182" t="s">
-        <v>606</v>
+        <v>664</v>
       </c>
       <c r="E182" t="s">
-        <v>607</v>
+        <v>665</v>
       </c>
       <c r="F182" t="s">
-        <v>608</v>
+        <v>676</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>661</v>
+        <v>677</v>
       </c>
       <c r="H182" t="s">
-        <v>662</v>
+        <v>678</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>663</v>
+        <v>679</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>82</v>
+        <v>29</v>
       </c>
       <c r="D183" t="s">
-        <v>606</v>
+        <v>664</v>
       </c>
       <c r="E183" t="s">
-        <v>607</v>
+        <v>665</v>
       </c>
       <c r="F183" t="s">
-        <v>608</v>
+        <v>383</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>664</v>
+        <v>680</v>
       </c>
       <c r="H183" t="s">
-        <v>665</v>
+        <v>681</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>666</v>
+        <v>682</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>10</v>
       </c>
       <c r="D184" t="s">
-        <v>667</v>
+        <v>565</v>
       </c>
       <c r="E184" t="s">
-        <v>668</v>
+        <v>683</v>
       </c>
       <c r="F184" t="s">
-        <v>669</v>
+        <v>596</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>670</v>
+        <v>684</v>
       </c>
       <c r="H184" t="s">
-        <v>671</v>
+        <v>685</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>672</v>
+        <v>686</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>17</v>
       </c>
       <c r="D185" t="s">
-        <v>667</v>
+        <v>565</v>
       </c>
       <c r="E185" t="s">
-        <v>668</v>
+        <v>683</v>
       </c>
       <c r="F185" t="s">
-        <v>669</v>
+        <v>596</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>673</v>
+        <v>687</v>
       </c>
       <c r="H185" t="s">
-        <v>674</v>
+        <v>688</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>675</v>
+        <v>689</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="D186" t="s">
-        <v>667</v>
+        <v>565</v>
       </c>
       <c r="E186" t="s">
-        <v>668</v>
+        <v>683</v>
       </c>
       <c r="F186" t="s">
-        <v>669</v>
+        <v>596</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>676</v>
+        <v>690</v>
       </c>
       <c r="H186" t="s">
-        <v>677</v>
+        <v>691</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>678</v>
+        <v>692</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D187" t="s">
-        <v>667</v>
+        <v>693</v>
       </c>
       <c r="E187" t="s">
-        <v>668</v>
-[...2 lines deleted...]
-        <v>669</v>
+        <v>694</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>679</v>
+        <v>695</v>
       </c>
       <c r="H187" t="s">
-        <v>680</v>
+        <v>696</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>681</v>
+        <v>697</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D188" t="s">
-        <v>667</v>
+        <v>693</v>
       </c>
       <c r="E188" t="s">
-        <v>668</v>
+        <v>694</v>
       </c>
       <c r="F188" t="s">
-        <v>669</v>
+        <v>567</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>682</v>
+        <v>698</v>
       </c>
       <c r="H188" t="s">
-        <v>683</v>
+        <v>699</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>684</v>
+        <v>700</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D189" t="s">
-        <v>667</v>
+        <v>693</v>
       </c>
       <c r="E189" t="s">
-        <v>668</v>
+        <v>694</v>
       </c>
       <c r="F189" t="s">
-        <v>669</v>
+        <v>459</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>685</v>
+        <v>701</v>
       </c>
       <c r="H189" t="s">
-        <v>686</v>
+        <v>702</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>687</v>
+        <v>703</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="D190" t="s">
-        <v>667</v>
+        <v>704</v>
       </c>
       <c r="E190" t="s">
-        <v>668</v>
+        <v>705</v>
       </c>
       <c r="F190" t="s">
-        <v>669</v>
+        <v>706</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>688</v>
+        <v>707</v>
       </c>
       <c r="H190" t="s">
-        <v>689</v>
+        <v>705</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>690</v>
+        <v>708</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>304</v>
+        <v>25</v>
       </c>
       <c r="D191" t="s">
-        <v>667</v>
+        <v>704</v>
       </c>
       <c r="E191" t="s">
-        <v>668</v>
+        <v>705</v>
       </c>
       <c r="F191" t="s">
-        <v>669</v>
+        <v>706</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>691</v>
+        <v>709</v>
       </c>
       <c r="H191" t="s">
-        <v>692</v>
+        <v>705</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>693</v>
+        <v>710</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>308</v>
+        <v>29</v>
       </c>
       <c r="D192" t="s">
-        <v>667</v>
+        <v>704</v>
       </c>
       <c r="E192" t="s">
-        <v>668</v>
+        <v>705</v>
       </c>
       <c r="F192" t="s">
-        <v>669</v>
+        <v>706</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>694</v>
+        <v>711</v>
       </c>
       <c r="H192" t="s">
-        <v>695</v>
+        <v>712</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>696</v>
+        <v>713</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>313</v>
+        <v>33</v>
       </c>
       <c r="D193" t="s">
-        <v>667</v>
+        <v>704</v>
       </c>
       <c r="E193" t="s">
-        <v>668</v>
+        <v>705</v>
       </c>
       <c r="F193" t="s">
-        <v>669</v>
+        <v>706</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>697</v>
+        <v>714</v>
       </c>
       <c r="H193" t="s">
-        <v>698</v>
+        <v>715</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>699</v>
+        <v>716</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D194" t="s">
-        <v>667</v>
+        <v>704</v>
       </c>
       <c r="E194" t="s">
-        <v>668</v>
+        <v>705</v>
       </c>
       <c r="F194" t="s">
-        <v>669</v>
+        <v>706</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>700</v>
+        <v>717</v>
       </c>
       <c r="H194" t="s">
-        <v>701</v>
+        <v>718</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>702</v>
+        <v>719</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>45</v>
+        <v>378</v>
       </c>
       <c r="D195" t="s">
-        <v>667</v>
+        <v>704</v>
       </c>
       <c r="E195" t="s">
-        <v>668</v>
+        <v>705</v>
       </c>
       <c r="F195" t="s">
-        <v>669</v>
+        <v>706</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>62</v>
+        <v>720</v>
       </c>
       <c r="H195" t="s">
-        <v>703</v>
+        <v>721</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
+        <v>722</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>382</v>
+      </c>
+      <c r="D196" t="s">
         <v>704</v>
       </c>
-      <c r="B196" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E196" t="s">
-        <v>668</v>
+        <v>705</v>
       </c>
       <c r="F196" t="s">
-        <v>669</v>
+        <v>706</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>705</v>
+        <v>723</v>
       </c>
       <c r="H196" t="s">
-        <v>706</v>
+        <v>724</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>707</v>
+        <v>725</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>10</v>
+        <v>387</v>
       </c>
       <c r="D197" t="s">
-        <v>667</v>
+        <v>704</v>
       </c>
       <c r="E197" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="F197" t="s">
-        <v>547</v>
+        <v>706</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>709</v>
+        <v>726</v>
       </c>
       <c r="H197" t="s">
-        <v>710</v>
+        <v>727</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>711</v>
+        <v>728</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="D198" t="s">
-        <v>667</v>
+        <v>704</v>
       </c>
       <c r="E198" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="F198" t="s">
-        <v>547</v>
+        <v>706</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>712</v>
+        <v>729</v>
       </c>
       <c r="H198" t="s">
-        <v>713</v>
+        <v>730</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>714</v>
+        <v>731</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="D199" t="s">
-        <v>667</v>
+        <v>704</v>
       </c>
       <c r="E199" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="F199" t="s">
-        <v>547</v>
+        <v>706</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>715</v>
+        <v>732</v>
       </c>
       <c r="H199" t="s">
-        <v>686</v>
+        <v>733</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>716</v>
+        <v>734</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="D200" t="s">
-        <v>667</v>
+        <v>704</v>
       </c>
       <c r="E200" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="F200" t="s">
-        <v>547</v>
+        <v>706</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>717</v>
+        <v>735</v>
       </c>
       <c r="H200" t="s">
-        <v>718</v>
+        <v>736</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="D201" t="s">
-        <v>667</v>
+        <v>704</v>
       </c>
       <c r="E201" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="F201" t="s">
-        <v>547</v>
+        <v>706</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>720</v>
+        <v>738</v>
       </c>
       <c r="H201" t="s">
-        <v>721</v>
+        <v>739</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>722</v>
+        <v>740</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="D202" t="s">
-        <v>667</v>
+        <v>704</v>
       </c>
       <c r="E202" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="F202" t="s">
-        <v>547</v>
+        <v>706</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>723</v>
+        <v>741</v>
       </c>
       <c r="H202" t="s">
-        <v>724</v>
+        <v>742</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="D203" t="s">
-        <v>667</v>
+        <v>704</v>
       </c>
       <c r="E203" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="F203" t="s">
-        <v>547</v>
+        <v>706</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>726</v>
+        <v>744</v>
       </c>
       <c r="H203" t="s">
-        <v>727</v>
+        <v>745</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>728</v>
+        <v>746</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>304</v>
+        <v>65</v>
       </c>
       <c r="D204" t="s">
-        <v>667</v>
+        <v>704</v>
       </c>
       <c r="E204" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="F204" t="s">
-        <v>547</v>
+        <v>706</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>729</v>
+        <v>747</v>
       </c>
       <c r="H204" t="s">
-        <v>730</v>
+        <v>748</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>731</v>
+        <v>749</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>308</v>
+        <v>69</v>
       </c>
       <c r="D205" t="s">
-        <v>667</v>
+        <v>704</v>
       </c>
       <c r="E205" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="F205" t="s">
-        <v>547</v>
+        <v>706</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>732</v>
+        <v>750</v>
       </c>
       <c r="H205" t="s">
-        <v>733</v>
+        <v>751</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>734</v>
+        <v>752</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>313</v>
+        <v>73</v>
       </c>
       <c r="D206" t="s">
-        <v>667</v>
+        <v>704</v>
       </c>
       <c r="E206" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="F206" t="s">
-        <v>547</v>
+        <v>706</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>735</v>
+        <v>753</v>
       </c>
       <c r="H206" t="s">
-        <v>736</v>
+        <v>754</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>737</v>
+        <v>755</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>41</v>
+        <v>77</v>
       </c>
       <c r="D207" t="s">
-        <v>667</v>
+        <v>704</v>
       </c>
       <c r="E207" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="F207" t="s">
-        <v>547</v>
+        <v>706</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>738</v>
+        <v>756</v>
       </c>
       <c r="H207" t="s">
-        <v>739</v>
+        <v>757</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>740</v>
+        <v>758</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="D208" t="s">
-        <v>741</v>
+        <v>704</v>
       </c>
       <c r="E208" t="s">
-        <v>742</v>
+        <v>705</v>
       </c>
       <c r="F208" t="s">
-        <v>13</v>
+        <v>706</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>743</v>
+        <v>759</v>
       </c>
       <c r="H208" t="s">
-        <v>744</v>
+        <v>760</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>745</v>
+        <v>761</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>10</v>
+        <v>84</v>
       </c>
       <c r="D209" t="s">
-        <v>746</v>
+        <v>704</v>
       </c>
       <c r="E209" t="s">
-        <v>747</v>
+        <v>705</v>
       </c>
       <c r="F209" t="s">
-        <v>748</v>
+        <v>706</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>749</v>
+        <v>762</v>
       </c>
       <c r="H209" t="s">
-        <v>750</v>
+        <v>763</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>751</v>
+        <v>764</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
         <v>10</v>
       </c>
       <c r="D210" t="s">
-        <v>752</v>
+        <v>765</v>
       </c>
       <c r="E210" t="s">
-        <v>753</v>
+        <v>766</v>
       </c>
       <c r="F210" t="s">
-        <v>669</v>
+        <v>767</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>754</v>
+        <v>768</v>
       </c>
       <c r="H210" t="s">
-        <v>755</v>
+        <v>769</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>756</v>
+        <v>770</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
         <v>17</v>
       </c>
       <c r="D211" t="s">
-        <v>757</v>
+        <v>765</v>
       </c>
       <c r="E211" t="s">
-        <v>758</v>
+        <v>766</v>
       </c>
       <c r="F211" t="s">
-        <v>478</v>
+        <v>767</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>759</v>
+        <v>771</v>
       </c>
       <c r="H211" t="s">
-        <v>760</v>
+        <v>772</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>773</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>21</v>
+      </c>
+      <c r="D212" t="s">
+        <v>765</v>
+      </c>
+      <c r="E212" t="s">
+        <v>766</v>
+      </c>
+      <c r="F212" t="s">
+        <v>767</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="H212" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>776</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>25</v>
+      </c>
+      <c r="D213" t="s">
+        <v>765</v>
+      </c>
+      <c r="E213" t="s">
+        <v>766</v>
+      </c>
+      <c r="F213" t="s">
+        <v>767</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="H213" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>779</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>29</v>
+      </c>
+      <c r="D214" t="s">
+        <v>765</v>
+      </c>
+      <c r="E214" t="s">
+        <v>766</v>
+      </c>
+      <c r="F214" t="s">
+        <v>767</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="H214" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>782</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>33</v>
+      </c>
+      <c r="D215" t="s">
+        <v>765</v>
+      </c>
+      <c r="E215" t="s">
+        <v>766</v>
+      </c>
+      <c r="F215" t="s">
+        <v>767</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="H215" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>785</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>37</v>
+      </c>
+      <c r="D216" t="s">
+        <v>765</v>
+      </c>
+      <c r="E216" t="s">
+        <v>766</v>
+      </c>
+      <c r="F216" t="s">
+        <v>767</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="H216" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>788</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>378</v>
+      </c>
+      <c r="D217" t="s">
+        <v>765</v>
+      </c>
+      <c r="E217" t="s">
+        <v>766</v>
+      </c>
+      <c r="F217" t="s">
+        <v>767</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="H217" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>791</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>382</v>
+      </c>
+      <c r="D218" t="s">
+        <v>765</v>
+      </c>
+      <c r="E218" t="s">
+        <v>766</v>
+      </c>
+      <c r="F218" t="s">
+        <v>767</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="H218" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>794</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>387</v>
+      </c>
+      <c r="D219" t="s">
+        <v>765</v>
+      </c>
+      <c r="E219" t="s">
+        <v>766</v>
+      </c>
+      <c r="F219" t="s">
+        <v>767</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="H219" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>797</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>41</v>
+      </c>
+      <c r="D220" t="s">
+        <v>765</v>
+      </c>
+      <c r="E220" t="s">
+        <v>766</v>
+      </c>
+      <c r="F220" t="s">
+        <v>767</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="H220" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>800</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>45</v>
+      </c>
+      <c r="D221" t="s">
+        <v>765</v>
+      </c>
+      <c r="E221" t="s">
+        <v>766</v>
+      </c>
+      <c r="F221" t="s">
+        <v>767</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H221" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>802</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>49</v>
+      </c>
+      <c r="D222" t="s">
+        <v>765</v>
+      </c>
+      <c r="E222" t="s">
+        <v>766</v>
+      </c>
+      <c r="F222" t="s">
+        <v>767</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="H222" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>805</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>10</v>
+      </c>
+      <c r="D223" t="s">
+        <v>765</v>
+      </c>
+      <c r="E223" t="s">
+        <v>806</v>
+      </c>
+      <c r="F223" t="s">
+        <v>642</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="H223" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>809</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>17</v>
+      </c>
+      <c r="D224" t="s">
+        <v>765</v>
+      </c>
+      <c r="E224" t="s">
+        <v>806</v>
+      </c>
+      <c r="F224" t="s">
+        <v>642</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="H224" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>812</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>21</v>
+      </c>
+      <c r="D225" t="s">
+        <v>765</v>
+      </c>
+      <c r="E225" t="s">
+        <v>806</v>
+      </c>
+      <c r="F225" t="s">
+        <v>642</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="H225" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>814</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>25</v>
+      </c>
+      <c r="D226" t="s">
+        <v>765</v>
+      </c>
+      <c r="E226" t="s">
+        <v>806</v>
+      </c>
+      <c r="F226" t="s">
+        <v>642</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="H226" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>817</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>29</v>
+      </c>
+      <c r="D227" t="s">
+        <v>765</v>
+      </c>
+      <c r="E227" t="s">
+        <v>806</v>
+      </c>
+      <c r="F227" t="s">
+        <v>642</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="H227" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>820</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>33</v>
+      </c>
+      <c r="D228" t="s">
+        <v>765</v>
+      </c>
+      <c r="E228" t="s">
+        <v>806</v>
+      </c>
+      <c r="F228" t="s">
+        <v>642</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="H228" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>823</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>37</v>
+      </c>
+      <c r="D229" t="s">
+        <v>765</v>
+      </c>
+      <c r="E229" t="s">
+        <v>806</v>
+      </c>
+      <c r="F229" t="s">
+        <v>642</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="H229" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>826</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>378</v>
+      </c>
+      <c r="D230" t="s">
+        <v>765</v>
+      </c>
+      <c r="E230" t="s">
+        <v>806</v>
+      </c>
+      <c r="F230" t="s">
+        <v>642</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="H230" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>829</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>382</v>
+      </c>
+      <c r="D231" t="s">
+        <v>765</v>
+      </c>
+      <c r="E231" t="s">
+        <v>806</v>
+      </c>
+      <c r="F231" t="s">
+        <v>642</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="H231" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>832</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>387</v>
+      </c>
+      <c r="D232" t="s">
+        <v>765</v>
+      </c>
+      <c r="E232" t="s">
+        <v>806</v>
+      </c>
+      <c r="F232" t="s">
+        <v>642</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="H232" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>835</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>41</v>
+      </c>
+      <c r="D233" t="s">
+        <v>765</v>
+      </c>
+      <c r="E233" t="s">
+        <v>806</v>
+      </c>
+      <c r="F233" t="s">
+        <v>642</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="H233" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>838</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>10</v>
+      </c>
+      <c r="D234" t="s">
+        <v>839</v>
+      </c>
+      <c r="E234" t="s">
+        <v>840</v>
+      </c>
+      <c r="F234" t="s">
+        <v>13</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="H234" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>843</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>10</v>
+      </c>
+      <c r="D235" t="s">
+        <v>844</v>
+      </c>
+      <c r="E235" t="s">
+        <v>845</v>
+      </c>
+      <c r="F235" t="s">
+        <v>846</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="H235" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>849</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>10</v>
+      </c>
+      <c r="D236" t="s">
+        <v>850</v>
+      </c>
+      <c r="E236" t="s">
+        <v>851</v>
+      </c>
+      <c r="F236" t="s">
+        <v>767</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="H236" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>854</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>17</v>
+      </c>
+      <c r="D237" t="s">
+        <v>855</v>
+      </c>
+      <c r="E237" t="s">
+        <v>856</v>
+      </c>
+      <c r="F237" t="s">
+        <v>567</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="H237" t="s">
+        <v>858</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -8376,50 +9343,76 @@
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
     <hyperlink ref="G189" r:id="rId188"/>
     <hyperlink ref="G190" r:id="rId189"/>
     <hyperlink ref="G191" r:id="rId190"/>
     <hyperlink ref="G192" r:id="rId191"/>
     <hyperlink ref="G193" r:id="rId192"/>
     <hyperlink ref="G194" r:id="rId193"/>
     <hyperlink ref="G195" r:id="rId194"/>
     <hyperlink ref="G196" r:id="rId195"/>
     <hyperlink ref="G197" r:id="rId196"/>
     <hyperlink ref="G198" r:id="rId197"/>
     <hyperlink ref="G199" r:id="rId198"/>
     <hyperlink ref="G200" r:id="rId199"/>
     <hyperlink ref="G201" r:id="rId200"/>
     <hyperlink ref="G202" r:id="rId201"/>
     <hyperlink ref="G203" r:id="rId202"/>
     <hyperlink ref="G204" r:id="rId203"/>
     <hyperlink ref="G205" r:id="rId204"/>
     <hyperlink ref="G206" r:id="rId205"/>
     <hyperlink ref="G207" r:id="rId206"/>
     <hyperlink ref="G208" r:id="rId207"/>
     <hyperlink ref="G209" r:id="rId208"/>
     <hyperlink ref="G210" r:id="rId209"/>
     <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>