--- v0 (2025-12-26)
+++ v1 (2026-03-28)
@@ -48,775 +48,775 @@
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
-    <t>Projeto de Lei Ordinária</t>
+    <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Alta Floresta D'Oeste - PMAF</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/278/001-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/278/001-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/279/002-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/279/002-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (R$ 4.525.443,00 - REFORMA E CONSTRUÇÃO DE SALAS DE AULAS)</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/290/pl_04-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/290/pl_04-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS. (R$ 525.000,00 - REFORMA QUADRA ESCOLA JOSÉ BASÍLIO DA GAMA)</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/291/pl_05-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/291/pl_05-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS. (R$ 2.282.000,00 - CONSTRUÇÃO UBS ROLIM DE MOURA DO GUAPORÉ E CIDADE ALTA)</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/315/pl_10-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/315/pl_10-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO EFETUAR PERMUTA DE IMÓVEIS</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/302/pl_11-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/302/pl_11-2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL POR SUPERÁVIT POR RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS”</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/305/pl_12-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/305/pl_12-2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO   VIGENTE E DÁ OUTRAS PROVIDENCIAS" (R$ 315.861,20 - COMPARTILHANDO SAÚDE - CIRURGIAS HOSPITAL)</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/306/pl_13-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/306/pl_13-2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO ORÇAMENTÁRIA NO ORÇAMENTO   VIGENTE E DÁ OUTRAS PROVIDENCIAS" (R$ 300.000,00 - REMANEJAMENTO PREFEITURA - PESSOA JURÍDICA)</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/307/pl_14-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/307/pl_14-2024.pdf</t>
   </si>
   <si>
     <t>FIXA O MENOR SALÁRIO BASE DO FUNCIONALISMO MUNICIPAL EM R$ 1.412,00.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/314/pl_15-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/314/pl_15-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIOS DE COOPERAÇÃO TÉCNICA E FINANCEIRA COM AS ASSOCIAÇÕES SEM FINS LUCRATIVOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/319/pl_16-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/319/pl_16-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS. (R$ 1.196.780,47 - REPROGRAMAÇÃO SEMTRAS)</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/320/pl_17-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/320/pl_17-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS. (R$ 349.941,00 - EQUIPAMENTOS HOSPITAL MUNICIPAL).</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/326/018_remanejamento_semec.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/326/018_remanejamento_semec.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 24.890,20 SEMEC)</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/329/pl_19-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/329/pl_19-2024.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS. (R$ 3.000.000,00 - Emenda Especiais - Ex Dep. Federal Jaqueline Cassol)</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/334/pl_20-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/334/pl_20-2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS." (R$ 329.320,00 - Apoio financeiro para Festa de Aniversário da Cidade)</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/</t>
   </si>
   <si>
     <t>Institui o dia da Conscientização ao Meio Ambiente no Calendário oficial de datas e eventos do município de Alta Floresta D'Oeste/RO.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a Conceder direito real de uso e dá outras providências." (Associação do Direito dos Autistas).</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a Conceder direito real de uso e dá outras providências." (Associação Scarlett)</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>"Dispõe sobre Abertura de Crédito Adicional Suplementar por excesso de arrecadação no orçamento vigente e dá outras providências." (R$ 2.550.000,00 Emendas Parlamentares)</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>"Dispõe sobre abertura de Crédito adicional especial com recurso vinculado ao orçamento vigente e dá outras providências" (R$ 650.000,00 -Micro-ônibus Thiago Flores)</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/347/pl_27_integral.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/347/pl_27_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO JUNTO A LEI 1177/2013.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/348/028_ab_credito_especial_semie_transferencias_especiais.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/348/028_ab_credito_especial_semie_transferencias_especiais.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CREDITO ADICIONAL ESPECIAL E DA OUTRAS PROVIDENCIAS. (R$ 2.886.969,92 TRANSFERENCIAS  ESPECIAIS 2021, 2022 E 2023</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/346/pl_029_ab_credito_especial_por_anulacao_de_dotacao_semec_500.00000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/346/pl_029_ab_credito_especial_por_anulacao_de_dotacao_semec_500.00000.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CREDITO ADICIONAL ESPECIAL POR ANULAÇÃO DE DOTAÇÃO ORÇAMENTARIA NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIA. (500.000,00 MICROONIBUS DEP. LUCIO MOSQUINI)</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/359/pl_30.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/359/pl_30.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE CREDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.(R$ 207.247,83 SEMIE)</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/349/031_ab_credito_anulacao_dotacao_semtras_40_mil.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/349/031_ab_credito_anulacao_dotacao_semtras_40_mil.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO ORÇMENTARIA NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS. (R$ 40.000,00)</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/350/032_ab_credito_especial_excesso_de_arrecadacao_semed.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/350/032_ab_credito_especial_excesso_de_arrecadacao_semed.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CREDITO ADICIONAL ESPECIAL AO ORÇAMENTO VISENTE E DÁ OUTRAS PROVIDENCIAS (R$ 486.996,28)</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/351/33_ab_de_credito_especial_semed_89.65687.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/351/33_ab_de_credito_especial_semed_89.65687.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CREDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS (R$ 89.656,87)</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/352/34_ab_credito_excesso_de_arrecadacao_manutencao_aasistencia_hospitalar_ambulatorial_400.00000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/352/34_ab_credito_excesso_de_arrecadacao_manutencao_aasistencia_hospitalar_ambulatorial_400.00000.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS. (R$ 400.000,00)</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (R$ 171.388,73 - CONTRAPARTIDA REFORMAS DE ESCOLAS)</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/356/pl_36-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/356/pl_36-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CREDITO ADICIANAL SUPLEMENTAR POR EXCESSO DE ARRECARDAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS. (R$109.905,90)</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/355/pl_37-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/355/pl_37-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CREDITO ADICIANAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇAÕ ORÇAMENTARIA NO  ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS. (R$293.424,06)</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/354/pl_38-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/354/pl_38-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CREDITO ADICIANAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS. (R$500.000,00)</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/353/pl_39-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/353/pl_39-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CREDITO ADICIANAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS. (R$1.417.358,68)</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/357/pl_40-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/357/pl_40-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CREDITO ADICIANAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO ORÇAMENTARIA NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS. (R$ 43.707,82)</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/358/pl_41-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/358/pl_41-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO EM CELEBRAR CONVENIO DE COOPERAÇÃO TÉCNICA E A ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO  AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS. (R$48.000,00)</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/361/pl_42-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/361/pl_42-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS. (R$ 500.000,00 SAÚDE)</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/364/pl_43-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/364/pl_43-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS._x000D_
 ( R$ 1.556.126,66 )</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>´´DISPÕE SOBRE  ABERTURA DE CRÉDITO ADISONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS´´ (R$ 283.540,00).</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/376/pl_045-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/376/pl_045-2024.pdf</t>
   </si>
   <si>
     <t>´´Dispõe sobre abertura de crédito adicional especial ao orçamento vigente e dá outras providencias (R$ 169.807,43 Aldir Blanc)´´.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/377/pl_046-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/377/pl_046-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar com a Associação Comercial e Industrial de Alta Floresta D´Oeste/RO´´(Repasse de R$ 24.000,00).</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/378/pl_047-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/378/pl_047-2024.pdf</t>
   </si>
   <si>
     <t>´´Dispõe sobre a abertura de crédito adicional por superávit por recurso vinculado ao orçamento vigente e dá outras providencias´´. (R$ 1.000.000,00 - 700 mil Devolução Convênio FUNASA e 300 mil Projeto de Pesquisa Rolim de Moura do Guaporé)</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/384/048__cria_fundo_municipal_idoso.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/384/048__cria_fundo_municipal_idoso.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DO IDOSO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/379/pl_049-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/379/pl_049-2024.pdf</t>
   </si>
   <si>
     <t>´´Dispõe sobre abertura de crédito adicional com recurso vinculado ao orçamento vigente e dá outras providencias´´. (R$ 263.153,64 - Reforma do Ginásio e Reforma da Feira)</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/380/pl_050-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/380/pl_050-2024.pdf</t>
   </si>
   <si>
     <t>´´Dispõe sobre abertura de crédito adicional  por superávit recurso vinculado ao orçamento vigente e dá outras providencias´´. (R$ 7.246.000,00 SEMAF)</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/381/pl_051-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/381/pl_051-2024.pdf</t>
   </si>
   <si>
     <t>´´Dispõe sobre abertura de crédito suplementar por anulação de dotação orçamentária no orçamento vigente e dá outras providencias´´. (R$ 107.100,00  - Aquisição de Materiais esportivos)</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/385/052__ab_credito_por_anulacao_de_dotacao_semagri_e_semaf__450.00000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/385/052__ab_credito_por_anulacao_de_dotacao_semagri_e_semaf__450.00000.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS” R$ 450.000,00</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/386/053_ab_credito_especial_saude_mac_499.43600.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/386/053_ab_credito_especial_saude_mac_499.43600.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO   VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 499.436,00)</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/387/pl_54-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/387/pl_54-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉTIDO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO ORÇAMENTÁRIA NO ORÇAMENO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS. (R$ 1.193.332,10)</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/388/055_projeto_de_lei_da_loa_2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/388/055_projeto_de_lei_da_loa_2025.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ALTA FLORESTA D'OESTE PARA O EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS. (LOA)</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/389/056_projeto_de_lei_ppa.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/389/056_projeto_de_lei_ppa.pdf</t>
   </si>
   <si>
     <t>INSTITUI A REVISÃO DO PLANO PLURIANUAL DO MUNICÍPIO DE ALTA FLORESTA D’OESTE, PARA O EXERCÍCIO DE 2025, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/390/057_projeto_de_lei__da_ldo_2025.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/390/057_projeto_de_lei__da_ldo_2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS”. (LDO)</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/391/058_ab_de_credito_especial_semie_3.335.71331.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/391/058_ab_de_credito_especial_semie_3.335.71331.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 3.3 MILHÕES PAVIMENTAÇÃO)</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/392/059_ab_credito_especial_por_anulacao_de_dotacao_semed.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/392/059_ab_credito_especial_por_anulacao_de_dotacao_semed.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 43 MIL SEMED)</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/393/pl_60.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/393/pl_60.pdf</t>
   </si>
   <si>
     <t>´´DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO ORÇAMENTARIA NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS´´ ( 828.554,27 SEMSAU)</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/394/pl_61.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/394/pl_61.pdf</t>
   </si>
   <si>
     <t>Dispoe sobre abertura de credito adicional suplementar por anulação de dotação orçamentária no orçamento vigente e dá outras providências. (R$ 1.000.000,00)</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/395/pl_62.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/395/pl_62.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE ABERTURA DE CRÉDITO ADIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS. (R$ 400.000,00)'',</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>''DISPÕE  SOBRE O SISTEMA ÚNICO ASSISTÊNCIA SOCIAL-SUAS DO MUNICÍPIO DE ALTA FLORESTA D'OESTE E DÁ OUTRAS PROVIDÊNCIAS.''</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/397/pl_64.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/397/pl_64.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS'' (R$645.000,00 REFORMA DA FEIRA, NOVA CONTRATAÇÃO)</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/407/065_ab_credito_por_anulacao_de_dotacao_semie_e_camara_municipal_688.54883_1.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/407/065_ab_credito_por_anulacao_de_dotacao_semie_e_camara_municipal_688.54883_1.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO ORÇAMENTARIA NO ORÇAMENTO VIGENTE E DA OUTRAS PROVIDENCIAS''</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/408/066_suprimento_de_fundos_nova_lei.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/408/066_suprimento_de_fundos_nova_lei.pdf</t>
   </si>
   <si>
     <t>“Regulamenta a concessão e prestação de contas do Regime de Suprimento de Fundos, e dá outras providências.”</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTARPOR ANULAÇÃO DE DOTAÇÃO ORÇAMENTARIA NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS''.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>''AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM A ASSOCIAÇÃO COMERCIAL E INDUSTRIAL DE ALTA FLORESTA D'OESTE''.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/411/pl_69.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/411/pl_69.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO ORÇAMENTARIA NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS''. (6.055.000,00)</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>72</t>
   </si>
@@ -844,795 +844,795 @@
   <si>
     <t>419</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>''ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NA UNIDADE SAAE, NO ORÇAMENTO VIGENTE DÁ OUTRAS PROVIDÊNCIAS (R$ 294.000,00 FOLHA DE PAGAMENTO SAAE)''</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO ORÇAMENTARAIA NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS''</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/424/pl_77.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/424/pl_77.pdf</t>
   </si>
   <si>
     <t>''ALTERA O ARTIGO 5° LEI MUNICIPAL 1.896/2023E DÁ OUTRAS PROVIDÊNCIAS''</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>''AUTORIZA O PODER EXECUTIVO MUNICÍPAL A ALIENAR BOM IMOVEL E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>DISPOE SOBRE ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO ORÇAMENTÁRIA NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS. (R$ 120.000,00)</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>ALTERA O CAPUT DO ARTIGO 5º DA LEI MUNICIPAL Nº 1.980/2024 E DÁ OUTRAS PROVIDÊNCIAS (LOA DE 2025 - REMANEJAMENTO PARA 10%)</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>RQ</t>
-[...5 lines deleted...]
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/382/rq_vereador_william.pdf</t>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/382/rq_vereador_william.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE AFASTAMENTO DO VEREADOR ABEL WILLIAM RIBEIRO SILVA</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>Indiomárcio Pedroso</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/285/requerimento_01-_indiomarcio_plantao_extra.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/285/requerimento_01-_indiomarcio_plantao_extra.pdf</t>
   </si>
   <si>
     <t>O vereador Indiomarcio Pedroso, vem, por meio deste documento, no âmbito de suas competências atribuída pela Constituição Federal, Lei Orgânica e Regimento Interno desta Casa, solicitar ao Egrégio Plenário a aprovação deste, para requerer do Excelentíssimo Senhor Prefeito do Município de Alta Floresta do Oeste – RO, a atualização dos valores pagos a título de plantão extra aos servidores municipais, considerando que a última revisão desses valores ocorreu no ano de 2022, torna-se imperativo reavaliar e ajustar os mesmos para garantir a justa remuneração pelos serviços prestados.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Jeremias</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/292/requerimento_03_-_jeremias_reajuste_agrofeira.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/292/requerimento_03_-_jeremias_reajuste_agrofeira.pdf</t>
   </si>
   <si>
     <t>O vereador Ernandes Bomfim de Souza, vem, por meio deste documento, no âmbito de suas competências atribuída pela Constituição Federal, Lei Orgânica e Regimento Interno desta Casa, solicitar ao Egrégio Plenário a aprovação deste, para requerer do Excelentíssimo Senhor Prefeito do Município de Alta Floresta do Oeste – RO, que se faça o REAJUSTE DO VALOR DO AUXÍLIO AGRO-FEIRA aos servidores públicos municipais, devendo ainda, RETROAGIR a primeiro de Janeiro de 2024, tendo em vista o constante aumento dos preços dos alimentos, torna-se indispensável reavaliar e ajustar o valor pago para garantir condições adequadas de subsistência aos servidores que dedicam seus esforços em atender às demandas da população.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>Juniomar</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/293/requerimento_04-2024_juniomar_saae_captacao_de_agua.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/293/requerimento_04-2024_juniomar_saae_captacao_de_agua.pdf</t>
   </si>
   <si>
     <t>Eu, Junior Melo, vereador desta cidade, venho por meio deste requerimento solicitar informações referentes à aquisição de novas bombas pelo Serviço Autônomo de Água e Esgoto (SAAE), órgão competente responsável pelo abastecimento de água em nosso município._x000D_
 _x000D_
 Considerando a importância crucial do fornecimento adequado de água potável para a população, é fundamental garantir que o SAAE disponha dos recursos necessários para manter e aprimorar o sistema de distribuição de água. Nesse sentido, solicito esclarecimentos sobre o processo de aquisição de novas bombas, incluindo informações sobre os fornecedores considerados, os critérios de seleção adotados e o cronograma previsto para a implementação desses equipamentos.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/300/requerimento_05_-_junior_faixa_de_pedestre.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/300/requerimento_05_-_junior_faixa_de_pedestre.pdf</t>
   </si>
   <si>
     <t>ASSUNTO: Requerer a Implantação de faixa de pedestre na frente do mercado vitória, situado na Avenida Minas Gerais próximo a Secretaria de Obras</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Jacy Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/308/rq_06-2024_-_jacy.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/308/rq_06-2024_-_jacy.pdf</t>
   </si>
   <si>
     <t>REQUERER A URGENTE INSTALAÇÃO DE TELAS DE PROTEÇÃO NA QUADRA ESPORTIVA DA PRAÇA CASTELO BRANCO.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/310/requerimento_07_-_jeremias_asfalto_santa_felicidade.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/310/requerimento_07_-_jeremias_asfalto_santa_felicidade.pdf</t>
   </si>
   <si>
     <t>requerer do Excelentíssimo Senhor Prefeito do Município de Alta Floresta do Oeste – RO, que apresente a Esta Casa de Leis, no prazo de 05 dias, um relatório detalhado sobre a Pavimentação Asfáltica do Bairro Santa Felicidade, por meio do Convênio nº 917252/2021 – Ministério da Defesa / Programa Calha Norte, contendo documentos sobre a Licitação, Contrato com a Empresa vencedora, Ordem de Serviço, Nota Fiscal de Execução, Comprovante de Pagamento, Cópia da Garantia apresentada pela empresa, dentre outros documentos pertinentes.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/311/requerimento_08_-_jeremias_asfalto_princesa_isabel.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/311/requerimento_08_-_jeremias_asfalto_princesa_isabel.pdf</t>
   </si>
   <si>
     <t>requerer do Excelentíssimo Senhor Prefeito do Município de Alta Floresta do Oeste – RO, que apresente a Esta Casa de Leis, no prazo de 05 dias, um relatório detalhado sobre a Pavimentação Asfáltica do Bairro Santa Felicidade, por meio do Convênio nº 864121/2018 – Ministério da Defesa / Programa Calha Norte, contendo documentos sobre a nova Licitação, Contrato com a Empresa vencedora, Ordem de Serviço, Nota Fiscal de Execução, Comprovante de Pagamento, Cópia da Garantia apresentada pela empresa, dentre outros documentos pertinentes.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Marilza da Revil</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/316/requerimento_09_-_marilza_transporte_em_pvh.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/316/requerimento_09_-_marilza_transporte_em_pvh.pdf</t>
   </si>
   <si>
     <t>O vereador Marilza Cristina Viana dos Santos, vem, por meio deste documento, no âmbito de suas competências atribuída pela Constituição Federal, Lei Orgânica e Regimento Interno desta Casa, solicitar ao Egrégio Plenário a aprovação deste, para requerer do Excelentíssimo Senhor Prefeito do Município de Alta Floresta do Oeste – RO, que contrate uma empresa para transporte dos pacientes que buscam a casa de apoio de Porto Velho que se deslocam para as clínicas e hospitais na Capital.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/317/requerimento_10_-_jeremias_terreno_autismo.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/317/requerimento_10_-_jeremias_terreno_autismo.pdf</t>
   </si>
   <si>
     <t>seja requerido ao Prefeito Municipal a doação para a AACDA – Associação de Conscientização dos Direitos dos Autista, do Imóvel Urbano Setor 03, Quadra 13, Lote 1A, localizado na Avenida Mato Grosso, entre as Ruas Santa Catarina e Ceará, a fim que se construa o Centro Municipal de Atendimento Educacional Especializado em Autismo no Município de Alta Floresta D’Oeste.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/318/requerimento_11_-_jeremias_terreno_scarlet.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/318/requerimento_11_-_jeremias_terreno_scarlet.pdf</t>
   </si>
   <si>
     <t>REQUER nos termos do Inciso IV do Artigo 139 do Regimento Interno que, ouvindo o Plenário, seja requerido ao Prefeito Municipal a doação para a Associação Projeto Scarlett, do Imóvel Urbano Setor 04, Quadra 11, Lote 15, localizado na Avenida Brasil nº 3763, no Município de Alta Floresta D’Oeste.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/324/requerimento_12-2024_juniomar.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/324/requerimento_12-2024_juniomar.pdf</t>
   </si>
   <si>
     <t>solicitação de informação referente a jurisprudência usada em ato administrativo para descontos de verbas indenizatórias quando apresentado pelos servidores atestado médico para justificativa de falta ao serviço.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/330/requerimento_13_-_marilza_quebra_molas.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/330/requerimento_13_-_marilza_quebra_molas.pdf</t>
   </si>
   <si>
     <t>O vereador Marilza Cristina Viana dos Santos, vem, por meio deste documento, no âmbito de suas competências atribuída pela Constituição Federal, Lei Orgânica e Regimento Interno desta Casa, solicitar ao Egrégio Plenário a aprovação deste, para requerer do Excelentíssimo Senhor Prefeito do Município de Alta Floresta D’Oeste – RO e ao Secretário de Obras, que em caráter de urgência, instale as bocas de lobo e lombadas no bairro COHAB.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/331/requerimento_14_-_jeremias_quebra_molas_agro_mais.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/331/requerimento_14_-_jeremias_quebra_molas_agro_mais.pdf</t>
   </si>
   <si>
     <t>Requerer do Excelentíssimo Senhor Prefeito do Município de Alta Floresta D’Oeste – RO e ao Secretário de Obras, que em caráter de_x000D_
 urgência, instale lombadas redutoras de velocidade, na Rua Rio Grande do Sul, próximo ao Centro de Distribuição da Agro Mais e Igreja da Penha</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>Dalton Tupari</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/332/requerimento_15_-_dalton_caminhao_pipa.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/332/requerimento_15_-_dalton_caminhao_pipa.pdf</t>
   </si>
   <si>
     <t>requerer do Excelentíssimo Senhor Prefeito do Município de Alta Floresta D’Oeste – RO e ao Secretário de Obras, que em caráter de_x000D_
 urgência, disponibilizem os caminhões pipas para molharem as ruas do perímetro urbano de nossa cidade.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/333/requerimento_16_-_jeremias_jardim_sensorial.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/333/requerimento_16_-_jeremias_jardim_sensorial.pdf</t>
   </si>
   <si>
     <t>Requerer a disponibilização de um espaço na Praça Castelo Branco para a criação de um Jardim Sensorial, a ser administrado pela AACDA (Associação de Alta Floresta D’Oeste voltada para Conscientização e Concretização dos Direitos dos Autistas).</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>Requer ao Prefeito do Município de Alta Floresta D’Oeste – RO e ao Secretário de Obras, que em caráter de urgência, a construção de uma ponte na Avenida Amapá”</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>Romeu</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/344/requerimento_18_-_romeu.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/344/requerimento_18_-_romeu.pdf</t>
   </si>
   <si>
     <t>requerendo ao Presidente da Câmara dos Deputados – Congresso Nacional, Excelentíssimo Sr. Arthur Lira, bem como as lideranças e bancadas partidárias, em especial aos Deputados Federais por Rondônia. Srs. Dep. Fernando Máximo: Dep. Silvia Cristina: Dep. Lucio Mosquini: Dep. Maurício Carvalho: Dep. Coronel Chisóstomo: Dep. Thiago Flores: Dep. Cristiane Lopes e Dep. Lebrão, a celeridade procedimental, bem como que apoiem, defendam e votem favorável a proposta de Emendas à Constituição n° 47. de 2023, para que se iguale as condições para integração dos servidores dos antigos territórios de Rondônia, Amapá e Roraima ao quadro da administração pública federal, matéria essa, em tramitação para votação no Plenário do Senado Federal, é uma demonstração deste Parlamento com os servidores públicos que se deram o sangue, que deram sua vida e que esperaram 30,40 anos para neste momento, ter na Câmara dos Deputados, aprovada uma PEC que dará o reconhecimento merecido, transformando todos em servidor</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/360/requerimento_no_192024..pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/360/requerimento_no_192024..pdf</t>
   </si>
   <si>
     <t>Requerimento para Passagem de caminhão Pipa nos Distritos da Vila Marcão e Vila Santo Antônio.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>REQUER A PERFURAÇÃO DO POÇO ARTESIANO NO DISTRITO DE FILADÉLFIA PARA ATENDER A DEMANDA HÍDRICA DA REGIÃO.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>REQUERER INSTALAÇÃO DE FAIXA DE PEDESTRE NAS PROXIMIDADES DA ESCOLA 17 DE JUNHO.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>REQUERER INSTALAÇÃO DE MANILHAMENTO PARA DRENAGEM DE ÁGUA NA VALA DA RUA AFONSO PENA,BAIRRO REDONDO.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/372/requerimento_23_-_jeremias_onibus_casa_de_apoio.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/372/requerimento_23_-_jeremias_onibus_casa_de_apoio.pdf</t>
   </si>
   <si>
     <t>requerer a obrigatoriedade do condutor do veículo municipal de pacientes que se deslocam para a Porto Velho/RO, que realize a passagem nas casas de apoio da preferência do paciente.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>AO EXECUTIVO MUNICIPAL QUE PROVIDENCIE A MOLHAGEM REGULAR DOS LOCAIS DE FESTA DAS COMUNIDADES RURAIS DO MUNICÍPIO, DEVIDO Á QUANTIDADE DE POEIRA QUE ATRAPALHA E PREJUDICA OS MUNÍCIPES.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA REALIZADO UMA SESSÃO SOLENE LEGISLATIVA NO DIA 07 DE OUTUBRO DE 2024 ÁS 19H30 NO PLENÁRIO ORLANDO ZANDONADI.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>OFÍCIOS</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/277/ofc_02-2024_-_devolucao_economia_camara.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/277/ofc_02-2024_-_devolucao_economia_camara.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE A DEVOLUÇÃO DA ECONOMIA ANUAL DO LEGISLATIVO E RENDIMENTOS BANCÁRIOS.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>Natã Soares</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/287/indicacao_acessibilidade_brinquedos.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/287/indicacao_acessibilidade_brinquedos.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE O PRESENTE SUBSCREVE, INDICA AO EXCELENTISSIMO SENHOR GIOVAN DAMO, PREFEITO DO MUNICIPIO DE ALTA FLORESTA D´OESTE, QUE SEJA REALIZADO A INSTALAÇÃO DE PARQUES, PLAYGRAUNDS E BRINQUEDOS EM PRAÇAS PÚBLICAS COM ACESSIBILIDADE PARA CRIANÇAS PORTADORA DE DEFICIÊNCIA E/OU MOBILIDADE REDUZIDA.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/288/indicacao_02-_2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/288/indicacao_02-_2024.pdf</t>
   </si>
   <si>
     <t>Venho por meio desta indicação solicitar a implementação urgente de implantação de manilhamento no bairro Cidade Alta. As constantes erosões causadas pela ausência dessa infraestrutura adequada têm afetado significativamente a qualidade de vida dos moradores, comprometendo a segurança e a mobilidade na região. Portanto, é imprescindível que medidas sejam tomadas para resolver essa questão e garantir o bem-estar dos cidadãos residentes no bairro.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/309/indicacao_03-2024_-_jacy.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/309/indicacao_03-2024_-_jacy.pdf</t>
   </si>
   <si>
     <t>INDICAR A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA PRAÇA DO REDONDO.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/322/indicacao_04_lar_do_idoso_marilza.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/322/indicacao_04_lar_do_idoso_marilza.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Prefeito para que institua um local para o Lar do Idoso no Município de Alta Floresta D’Oeste</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/323/indicacao_05_parto_sem_medo.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/323/indicacao_05_parto_sem_medo.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Prefeito para que institua permanentemente o Projeto Social Parto sem Medo no Município de Alta Floresta D’Oeste</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>Nenão</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/337/indicacao_06_2024_linha_21_ha_24_nenao.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/337/indicacao_06_2024_linha_21_ha_24_nenao.pdf</t>
   </si>
   <si>
     <t>INDICA ao Senhor Ederson Luiz Savegnago, Secretário de Obras e infraestrutura, para que realize o Patrolamento e o cascalhamento do travessão da linha 21 há 25 que ligam ao Distrito de izidolândia.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/363/indicacao_07_indiomarcio.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/363/indicacao_07_indiomarcio.pdf</t>
   </si>
   <si>
     <t>INDICA QUE O CAMINHÃO PIPA PASSE NAS RUAS DO BAIRRO CANAÃ PARA REDUÇÃO DA POEIRA.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/362/indicacao_08_indiomarcio.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/362/indicacao_08_indiomarcio.pdf</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE LOMBADA REDUTORAS DE VELOCIDADE NAS VIAS DO BAIRRO CANAÃ.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>Luiz Mauro Cardoso</t>
   </si>
   <si>
     <t>INDICA IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE NA FORMA DE LOMBADAS NA AV. MINAS GERAIS, ENTRE A RUA RIO GRANDE DO NORTE E AV. RONDÔNIA.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>INDICA A CRIAÇÃO DO ''LAR DO IDOSO'' NO MUNICÍPIO DE ALTA FLORESTA D'OESTE.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/371/ind_11-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/371/ind_11-2024.pdf</t>
   </si>
   <si>
     <t>indico ao Executivo Municipal, por meio do órgão competente, a realização de manutenção urgente da ponte de madeira localizada na Rua Tancredo Neves, no Bairro Santa Felicidade, abaixo do posto de saúde e da creche. As condições atuais da ponte estão intrafegáveis, conforme comprovam as imagens anexas. A seguir, apresento os pontos que justificam a necessidade de intervenção imediata.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>ATO</t>
   </si>
   <si>
     <t>ATO DE PRESIDENCIA</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/276/ato_da_presidencia_2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/276/ato_da_presidencia_2024.pdf</t>
   </si>
   <si>
     <t>O PRESIDENTE DA CÂMARA MUNICIPAL DE ALTA FLORESTA D’OESTE/RO no uso de suas atribuições previstas no artigo 19, incisos II e da Lei Orgânica Municipal cumulado com o disposto nos artigos 24, inciso II e 25, inciso VI, do Regimento Interno deste Poder Legislativo, ‘ad referendum’ da Mesa Diretora._x000D_
 Considerando o término da reforma do prédio da Câmara Municipal de Alta Floresta D’Oeste/RO, localizado na Avenida Bahia nº 5703 e o seu recebimento provisório;_x000D_
 RESOLVE:_x000D_
 Art. 1º - Fica revogado o Ato da Presidência nº 11/2022, de sete dias do mês de outubro de dois mil e vinte e dois, que transferiu a sede da Câmara Municipal de Alta Floresta D’Oeste/RO, para o imóvel Urbano localizado na Avenida Brasil nº 3333 – Bairro Centro. _x000D_
 Parágrafo Único - De acordo com o artigo 2º do Regimento Interno da Câmara Municipal, a sede do Poder Legislativo Municipal retorna a Avenida Bahia nº 5703 – Bairro Cidade Alta, nesta Comarca, com as Sessões a serem realizadas, conforme o que dispõe o artigo 22 da Lei</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>Gabinete da Presidência - GABPRES</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/281/ato_da_presidencia_2-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/281/ato_da_presidencia_2-2024.pdf</t>
   </si>
   <si>
     <t>FAZ SABER:_x000D_
 Art. 1º - Devido ao acometimento de alguns servidores por COVID, fica dispensado todos os servidores do Poder Legislativo nesta Sexta-Feira (26/01/2024), devendo realizarem os testes disponíveis, caso sintam sintomas._x000D_
 Art. 2º - Este Ato entrará em vigor na data de sua publicação, revogando disposições contrárias.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/282/ato_da_presidencia_3-2024_-_ponto_facultativo_carnaval.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/282/ato_da_presidencia_3-2024_-_ponto_facultativo_carnaval.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO o ponto facultativo do dia 13 de fevereiro de 2024 (terça-feira) – Carnaval._x000D_
 _x000D_
 O PRESIDENTE DA CÂMARA MUNICIPAL DE ALTA FLORESTA D’OESTE, Estado de Rondônia, no uso de suas atribuições legais;_x000D_
 FAZ SABER:_x000D_
 ART. 1º - Fica declarado Ponto Facultativo nos dias 12 e 14 de fevereiro de 2024 (Segunda e Quarta-Feira), na Câmara Municipal de Alta Floresta D’Oeste, Estado de Rondônia.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/335/ato_da_presidencia_4-2024_-_ponto_facultativo_paixao_de_cristo.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/335/ato_da_presidencia_4-2024_-_ponto_facultativo_paixao_de_cristo.pdf</t>
   </si>
   <si>
     <t>Fica declarado Ponto Facultativo nos dias 28 e 29 de março de 2024 (quinta-feira e sexta-Feira), na Câmara Municipal de Alta Floresta D’Oeste, Estado de Rondônia.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/336/ato_da_presidencia_5-2024_-_ponto_facultativo_corpus_cristi.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/336/ato_da_presidencia_5-2024_-_ponto_facultativo_corpus_cristi.pdf</t>
   </si>
   <si>
     <t>Fica declarado Ponto Facultativo nos dias 30 e 31 de maio de 2024 (quinta-feira e sexta-feira), na Câmara Municipal de Alta Floresta D’Oeste, Estado de Rondônia.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/403/ato_da_presidencia_6-2024_-_indiomarcio_comissao.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/403/ato_da_presidencia_6-2024_-_indiomarcio_comissao.pdf</t>
   </si>
   <si>
     <t>Fica nomeado o Vereador Indiomárcio Pedroso Gonçalves, de forma interina, como Membro da Comissão Permanente de Orçamento e Finanças, na Câmara Municipal de Alta Floresta D’Oeste, Estado de Rondônia</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/404/ato_da_presidencia_7-2024_-_ponto_facultativo_aniversario_cidade.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/404/ato_da_presidencia_7-2024_-_ponto_facultativo_aniversario_cidade.pdf</t>
   </si>
   <si>
     <t>- Fica declarado Ponto Facultativo no dia 18 de junho de 2024 (terça-feira), na Câmara Municipal de Alta Floresta D’Oeste, Estado de Rondônia.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/405/ato_da_presidencia_8-2024_-_recesso.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/405/ato_da_presidencia_8-2024_-_recesso.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Alta Floresta D’Oeste, Estado de Rondônia, ficará com funcionamento das 8h às 12h, neste período de recesso, compreendido de 1º (primeiro) de julho a 31 de julho de 2024,  voltando com o expediente normal a partir de 1º (primeiro) de agosto de 2024.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/406/ato_da_presidencia_9-2024_-_ponto_facultativo_servidor_publico.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/406/ato_da_presidencia_9-2024_-_ponto_facultativo_servidor_publico.pdf</t>
   </si>
   <si>
     <t>Fica decretado Ponto Facultativo no dia 28 de outubro de 2024 (segunda-feira), na Câmara Municipal de Alta Floresta D’Oeste, Estado de Rondônia</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/284/pl_2-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/284/pl_2-2024.pdf</t>
   </si>
   <si>
     <t>“Disciplina a concessão, a aplicação e a prestação de contas de suprimento de fundos no âmbito da Câmara de Vereadores de Alta Floresta D’Oeste/RO”</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/289/pl_3-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/289/pl_3-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade de instalação em praças e parques públicos, brinquedos adaptados e equipamentos especialmente desenvolvidos para lazer e recreação de crianças com deficiência e/ou portadoras de mobilidade reduzida e necessidades especiais, no âmbito do Município de Alta Floresta D’Oeste-RO e dá outras providências.”</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/303/pl_6-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/303/pl_6-2024.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Artigo 63, parágrafo primeiro do Artigo 47, parágrafo primeiro do Artigo 78 e alínea b, do inciso III, do Artigo 90 da Lei Municipal nº 1.375/2017 e dá outras providências</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/325/pl_7-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/325/pl_7-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Município de Alta Floresta D’Oeste a efetuar serviços de manutenção no Travessão da Associação ALTA, entre a RO 383 e Linha cinquentinha e dá outras providências”</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>Plenário - PLEN</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/327/pl_8-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/327/pl_8-2024.pdf</t>
   </si>
   <si>
     <t>EMENTA: "Veda a nomeação pela Administração Pública Direta e Indireta de Alta Floresta D’Oeste de pessoas condenadas pela Lei Federal nº 11.340 de 7 de agosto de 2006”</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/345/pl_9-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/345/pl_9-2024.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA OS SERVIÇOS FUNERARIOS DO MUNICÍPIO DE ALTA FLORESTA D´´OESTE</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/399/pl_10-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/399/pl_10-2024.pdf</t>
   </si>
   <si>
     <t>’INSTITUI O PROGRAMA MUNICIPAL DE PLANEJAMENTO E EXECUÇÃO DE ASFALTAMENTO DE RUAS E AVENIDAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/400/pl_11-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/400/pl_11-2024.pdf</t>
   </si>
   <si>
     <t>Determina a Divulgação de Informações sobre Obras com Aditivos pelo Executivo Municipal através dos Meios de Comunicação, Redes Sociais, portal da prefeitura Municipal e dá outras providências.”</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/401/pl_12-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/401/pl_12-2024.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa Municipal de Assistência e Reintegração de Pessoas com Transtornos Psiquiátricos em Situação de Rua e dá outras providências</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/402/pl_13-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/402/pl_13-2024.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Educação e Conscientização no Trânsito e dá outras providências.”</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/418/pl_14-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/418/pl_14-2024.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Estágio Remunerado na Prefeitura Municipal para os 10 Melhores Alunos do CEEJA e dá outras providências</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/304/lc_01-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/304/lc_01-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO II E III DA LEI COMPLEMENTAR Nº 006/2017 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>´´ALTERA O ANEXO II E III  DA LEI COMPLEMENTAR 006/2017 E DA OUTRAS PROVIDENCIA.´´</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>RESOL</t>
   </si>
   <si>
     <t>Projeto de RESOLUÇÃO</t>
   </si>
   <si>
     <t>CPOF - COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/321/ato_2_-_promulgacao_resolucao_02-2024_prestacao_de_contas_2022.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/321/ato_2_-_promulgacao_resolucao_02-2024_prestacao_de_contas_2022.pdf</t>
   </si>
   <si>
     <t>“PRESTAÇÃO DE CONTAS DA PREFEITURA MUNICIPAL DE ALTA FLORESTA D’OESTE-RO”, exercício de 2022, de responsabilidade do senhor GIOVAN_x000D_
 DAMO.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/328/resolucao_03-2024_dirigir_veiculo.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/328/resolucao_03-2024_dirigir_veiculo.pdf</t>
   </si>
   <si>
     <t>“Altera a Resolução nº 002/2017 e dá outras providências.”</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>“Dispõe sobre o Regimento Interno da Câmara Municipal de Alta Floresta D’Oeste e revoga a Resolução nº 108/94”</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>ANTEPROJETO DE LEI</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de nomeação de prédios públicos, logradouros e instituição com personalidades do Município de Alta Floresta D’Oeste-RO e dá outras providências.”</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/313/pl_2-2024.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/313/pl_2-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a implantação do transporte escolar urbano no município de Alta Floresta D’Oeste e dá outras providências"</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>MAT</t>
   </si>
   <si>
     <t>Matérias da Ordem do Dia</t>
   </si>
   <si>
     <t>NÃO HAVENDO MATÉRIAS A DELIBERAR NA ORDEM DO DIA.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>DESP</t>
   </si>
   <si>
     <t>DESPACHO</t>
   </si>
   <si>
     <t>CTE - COMISSÃO TEMPORÁRIA ESPECIAL</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/396/scan_20241001_090948.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/396/scan_20241001_090948.pdf</t>
   </si>
   <si>
     <t>DESPACHO DO RELATOR, RATIFICADO PELA COMISSÃO.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>PLOM</t>
   </si>
   <si>
     <t>PROPOSTA LEI ORGÂNICA MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/421/projeto_wrc_lei_organica.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/421/projeto_wrc_lei_organica.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a nova Lei Orgânica do Município de Alta Floresta D’Oeste, revoga a Lei Orgânica do Município de Alta Floresta D’Oeste, promulgada em 28 de Março de 1989 e as emendas subsequentes a Lei Orgânica Municipal"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1939,68 +1939,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/278/001-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/279/002-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/290/pl_04-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/291/pl_05-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/315/pl_10-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/302/pl_11-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/305/pl_12-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/306/pl_13-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/307/pl_14-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/314/pl_15-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/319/pl_16-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/320/pl_17-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/326/018_remanejamento_semec.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/329/pl_19-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/334/pl_20-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/347/pl_27_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/348/028_ab_credito_especial_semie_transferencias_especiais.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/346/pl_029_ab_credito_especial_por_anulacao_de_dotacao_semec_500.00000.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/359/pl_30.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/349/031_ab_credito_anulacao_dotacao_semtras_40_mil.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/350/032_ab_credito_especial_excesso_de_arrecadacao_semed.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/351/33_ab_de_credito_especial_semed_89.65687.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/352/34_ab_credito_excesso_de_arrecadacao_manutencao_aasistencia_hospitalar_ambulatorial_400.00000.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/356/pl_36-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/355/pl_37-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/354/pl_38-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/353/pl_39-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/357/pl_40-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/358/pl_41-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/361/pl_42-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/364/pl_43-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/376/pl_045-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/377/pl_046-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/378/pl_047-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/384/048__cria_fundo_municipal_idoso.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/379/pl_049-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/380/pl_050-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/381/pl_051-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/385/052__ab_credito_por_anulacao_de_dotacao_semagri_e_semaf__450.00000.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/386/053_ab_credito_especial_saude_mac_499.43600.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/387/pl_54-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/388/055_projeto_de_lei_da_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/389/056_projeto_de_lei_ppa.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/390/057_projeto_de_lei__da_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/391/058_ab_de_credito_especial_semie_3.335.71331.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/392/059_ab_credito_especial_por_anulacao_de_dotacao_semed.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/393/pl_60.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/394/pl_61.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/395/pl_62.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/397/pl_64.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/407/065_ab_credito_por_anulacao_de_dotacao_semie_e_camara_municipal_688.54883_1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/408/066_suprimento_de_fundos_nova_lei.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/411/pl_69.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/424/pl_77.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/382/rq_vereador_william.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/285/requerimento_01-_indiomarcio_plantao_extra.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/292/requerimento_03_-_jeremias_reajuste_agrofeira.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/293/requerimento_04-2024_juniomar_saae_captacao_de_agua.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/300/requerimento_05_-_junior_faixa_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/308/rq_06-2024_-_jacy.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/310/requerimento_07_-_jeremias_asfalto_santa_felicidade.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/311/requerimento_08_-_jeremias_asfalto_princesa_isabel.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/316/requerimento_09_-_marilza_transporte_em_pvh.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/317/requerimento_10_-_jeremias_terreno_autismo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/318/requerimento_11_-_jeremias_terreno_scarlet.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/324/requerimento_12-2024_juniomar.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/330/requerimento_13_-_marilza_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/331/requerimento_14_-_jeremias_quebra_molas_agro_mais.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/332/requerimento_15_-_dalton_caminhao_pipa.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/333/requerimento_16_-_jeremias_jardim_sensorial.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/344/requerimento_18_-_romeu.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/360/requerimento_no_192024..pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/372/requerimento_23_-_jeremias_onibus_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/277/ofc_02-2024_-_devolucao_economia_camara.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/287/indicacao_acessibilidade_brinquedos.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/288/indicacao_02-_2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/309/indicacao_03-2024_-_jacy.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/322/indicacao_04_lar_do_idoso_marilza.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/323/indicacao_05_parto_sem_medo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/337/indicacao_06_2024_linha_21_ha_24_nenao.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/363/indicacao_07_indiomarcio.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/362/indicacao_08_indiomarcio.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/371/ind_11-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/276/ato_da_presidencia_2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/281/ato_da_presidencia_2-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/282/ato_da_presidencia_3-2024_-_ponto_facultativo_carnaval.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/335/ato_da_presidencia_4-2024_-_ponto_facultativo_paixao_de_cristo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/336/ato_da_presidencia_5-2024_-_ponto_facultativo_corpus_cristi.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/403/ato_da_presidencia_6-2024_-_indiomarcio_comissao.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/404/ato_da_presidencia_7-2024_-_ponto_facultativo_aniversario_cidade.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/405/ato_da_presidencia_8-2024_-_recesso.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/406/ato_da_presidencia_9-2024_-_ponto_facultativo_servidor_publico.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/284/pl_2-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/289/pl_3-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/303/pl_6-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/325/pl_7-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/327/pl_8-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/345/pl_9-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/399/pl_10-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/400/pl_11-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/401/pl_12-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/402/pl_13-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/418/pl_14-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/304/lc_01-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/321/ato_2_-_promulgacao_resolucao_02-2024_prestacao_de_contas_2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/328/resolucao_03-2024_dirigir_veiculo.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/313/pl_2-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/396/scan_20241001_090948.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/421/projeto_wrc_lei_organica.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/278/001-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/279/002-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/290/pl_04-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/291/pl_05-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/315/pl_10-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/302/pl_11-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/305/pl_12-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/306/pl_13-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/307/pl_14-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/314/pl_15-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/319/pl_16-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/320/pl_17-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/326/018_remanejamento_semec.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/329/pl_19-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/334/pl_20-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/347/pl_27_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/348/028_ab_credito_especial_semie_transferencias_especiais.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/346/pl_029_ab_credito_especial_por_anulacao_de_dotacao_semec_500.00000.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/359/pl_30.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/349/031_ab_credito_anulacao_dotacao_semtras_40_mil.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/350/032_ab_credito_especial_excesso_de_arrecadacao_semed.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/351/33_ab_de_credito_especial_semed_89.65687.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/352/34_ab_credito_excesso_de_arrecadacao_manutencao_aasistencia_hospitalar_ambulatorial_400.00000.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/356/pl_36-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/355/pl_37-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/354/pl_38-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/353/pl_39-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/357/pl_40-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/358/pl_41-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/361/pl_42-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/364/pl_43-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/376/pl_045-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/377/pl_046-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/378/pl_047-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/384/048__cria_fundo_municipal_idoso.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/379/pl_049-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/380/pl_050-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/381/pl_051-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/385/052__ab_credito_por_anulacao_de_dotacao_semagri_e_semaf__450.00000.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/386/053_ab_credito_especial_saude_mac_499.43600.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/387/pl_54-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/388/055_projeto_de_lei_da_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/389/056_projeto_de_lei_ppa.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/390/057_projeto_de_lei__da_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/391/058_ab_de_credito_especial_semie_3.335.71331.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/392/059_ab_credito_especial_por_anulacao_de_dotacao_semed.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/393/pl_60.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/394/pl_61.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/395/pl_62.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/397/pl_64.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/407/065_ab_credito_por_anulacao_de_dotacao_semie_e_camara_municipal_688.54883_1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/408/066_suprimento_de_fundos_nova_lei.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/411/pl_69.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/424/pl_77.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/382/rq_vereador_william.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/285/requerimento_01-_indiomarcio_plantao_extra.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/292/requerimento_03_-_jeremias_reajuste_agrofeira.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/293/requerimento_04-2024_juniomar_saae_captacao_de_agua.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/300/requerimento_05_-_junior_faixa_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/308/rq_06-2024_-_jacy.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/310/requerimento_07_-_jeremias_asfalto_santa_felicidade.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/311/requerimento_08_-_jeremias_asfalto_princesa_isabel.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/316/requerimento_09_-_marilza_transporte_em_pvh.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/317/requerimento_10_-_jeremias_terreno_autismo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/318/requerimento_11_-_jeremias_terreno_scarlet.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/324/requerimento_12-2024_juniomar.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/330/requerimento_13_-_marilza_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/331/requerimento_14_-_jeremias_quebra_molas_agro_mais.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/332/requerimento_15_-_dalton_caminhao_pipa.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/333/requerimento_16_-_jeremias_jardim_sensorial.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/344/requerimento_18_-_romeu.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/360/requerimento_no_192024..pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/372/requerimento_23_-_jeremias_onibus_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/277/ofc_02-2024_-_devolucao_economia_camara.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/287/indicacao_acessibilidade_brinquedos.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/288/indicacao_02-_2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/309/indicacao_03-2024_-_jacy.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/322/indicacao_04_lar_do_idoso_marilza.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/323/indicacao_05_parto_sem_medo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/337/indicacao_06_2024_linha_21_ha_24_nenao.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/363/indicacao_07_indiomarcio.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/362/indicacao_08_indiomarcio.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/371/ind_11-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/276/ato_da_presidencia_2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/281/ato_da_presidencia_2-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/282/ato_da_presidencia_3-2024_-_ponto_facultativo_carnaval.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/335/ato_da_presidencia_4-2024_-_ponto_facultativo_paixao_de_cristo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/336/ato_da_presidencia_5-2024_-_ponto_facultativo_corpus_cristi.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/403/ato_da_presidencia_6-2024_-_indiomarcio_comissao.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/404/ato_da_presidencia_7-2024_-_ponto_facultativo_aniversario_cidade.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/405/ato_da_presidencia_8-2024_-_recesso.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/406/ato_da_presidencia_9-2024_-_ponto_facultativo_servidor_publico.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/284/pl_2-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/289/pl_3-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/303/pl_6-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/325/pl_7-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/327/pl_8-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/345/pl_9-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/399/pl_10-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/400/pl_11-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/401/pl_12-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/402/pl_13-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/418/pl_14-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/304/lc_01-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/321/ato_2_-_promulgacao_resolucao_02-2024_prestacao_de_contas_2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/328/resolucao_03-2024_dirigir_veiculo.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/313/pl_2-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/396/scan_20241001_090948.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/421/projeto_wrc_lei_organica.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H143"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="55" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="173.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="172.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>