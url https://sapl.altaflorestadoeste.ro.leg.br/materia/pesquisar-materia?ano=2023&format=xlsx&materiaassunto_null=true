--- v0 (2025-12-29)
+++ v1 (2026-03-29)
@@ -48,1534 +48,1534 @@
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
-    <t>Projeto de Lei Ordinária</t>
+    <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Alta Floresta D'Oeste - PMAF</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/25/lei_1_2023_abertura_de_credito_adicional_especial_ao_orcamento_vigente_no_valor_de_r_990.000.000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/25/lei_1_2023_abertura_de_credito_adicional_especial_ao_orcamento_vigente_no_valor_de_r_990.000.000.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/95/lei_2_2023_concede_reajuste_revisao_geral_aos_servidores_publicos_municipais.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/95/lei_2_2023_concede_reajuste_revisao_geral_aos_servidores_publicos_municipais.pdf</t>
   </si>
   <si>
     <t>Encaminhamento de Projeto de Lei n. 02/2023</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/96/lei_3_2023__veto_prefeito_altera_dispositivos_e_o_anexo_unico_da_lei_municipal_no_1435_2018-_diarias.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/96/lei_3_2023__veto_prefeito_altera_dispositivos_e_o_anexo_unico_da_lei_municipal_no_1435_2018-_diarias.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITVOS E O ANEXO ÚNICO_x000D_
 DA LEI MUNICIPAL N" L435120L8, E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/108/lei_4_2023_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/108/lei_4_2023_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/97/lei_5_2023_abertura_de_credito_adicional_especial_ao_orcamento_vigente_reforma_de_escolas_valor_r1.643.90350.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/97/lei_5_2023_abertura_de_credito_adicional_especial_ao_orcamento_vigente_reforma_de_escolas_valor_r1.643.90350.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMEAITO VIGENTE E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/98/lei_6_2023_abertura_de_credito_adicional_especial_ao_orcamento_virgente_valor_r_30.576.84_luminaria_aquisicao_de_lampadas_led.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/98/lei_6_2023_abertura_de_credito_adicional_especial_ao_orcamento_virgente_valor_r_30.576.84_luminaria_aquisicao_de_lampadas_led.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CREDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/99/lei_7_2023_abertura_de_credito_adicional_especial_no_valor_de_r_420.00000-_fundo_municipal_de_saude_aquisicao_ambulancia_e_veiculo.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/99/lei_7_2023_abertura_de_credito_adicional_especial_no_valor_de_r_420.00000-_fundo_municipal_de_saude_aquisicao_ambulancia_e_veiculo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CREDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/100/lei_8_2023_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_orcamentaria_valor_r564.94200_-_camara.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/100/lei_8_2023_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_orcamentaria_valor_r564.94200_-_camara.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLBMENTAR POR ANULAÇÃO DE DOTAÇÃO ORÇAMENTÁRIA NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/101/lei_10_2023_altera_dispositivo_junto_a_lei_municipal_1690_2022_auxilio_alimntacao_e_moradia-_mais_medico.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/101/lei_10_2023_altera_dispositivo_junto_a_lei_municipal_1690_2022_auxilio_alimntacao_e_moradia-_mais_medico.pdf</t>
   </si>
   <si>
     <t>Encaminhamento de Projeto de Lei N. 010/2023</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/102/lei_11_2023_abertura_de_credito_adicional_especial_orcamento_vigente_r_255.388.54_saude.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/102/lei_11_2023_abertura_de_credito_adicional_especial_orcamento_vigente_r_255.388.54_saude.pdf</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Indiomárcio Pedroso</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/10/pl_14-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/10/pl_14-2023.pdf</t>
   </si>
   <si>
     <t>DECLARA UTILIDADE PÚBLICA A ASSOCIAÇÃO DE ENSINO MUSICAL E ARTÍSTICO, CAPACITAÇÃO DE JOVEM APRENDIZ E ASSISTÊNCIA SOCIAL - PREPARTE DE ALTA FLORESTA D'OESTE/RO</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Juniomar</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial de eventos do Município de Alta Floresta D’Oeste, o “Dia da Conscientização da_x000D_
 Mielomeningocele”</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Jeremias</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE JOVEM APRENDIZ NO AMBITO DOS PODERES LEGISLATIVO E EXECUTIVO DE_x000D_
 ALTA FLORESTA DO OESTE E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/103/lei_18_2023_abertura_credito_adicional_especial_ao_orcamento_vigente_r_1.002.885.00_educacao.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/103/lei_18_2023_abertura_credito_adicional_especial_ao_orcamento_vigente_r_1.002.885.00_educacao.pdf</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>William Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/57/pl_20-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/57/pl_20-2023.pdf</t>
   </si>
   <si>
     <t>“Suprime o Inciso XIV do Artigo 36 da Lei Municipal nº 1.008/2010 – Plano Diretor e dá outras providências”.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/560/lei_21_2023_-_criacao_e_regulamentacao_do_cargo_de_motorista_condutor_de_ambulancia_de_saude.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/560/lei_21_2023_-_criacao_e_regulamentacao_do_cargo_de_motorista_condutor_de_ambulancia_de_saude.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e regulamentação do Cargo de provimento efetivo de Condutor de Ambulância e dá outras providências</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/59/pl_22-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/59/pl_22-2023.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO A CRIAR O CENTRO MUNICIPAL DE ATENDIMENTO EDUCACIONAL ESPECIALIZADO EM AUTISMO NO MUNICÍPIO DE ALTA FLORESTA D’OESTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/60/pl_23-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/60/pl_23-2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR A DOAÇÃO DEFINITIVA DE EQUIPAMENTOS, IMPLEMENTOS, VEÍCULOS,_x000D_
 MAQUINÁRIOS E OUTROS OBJETOS PARA AS ASSOCIAÇÕES DO MUNICÍPIO DE ALTA FLORESTA D’OESTE E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/104/lei_24_2023_-_credito_adicional_suplementar_por_anulacao_de_dotacao_ao_orcamento_vigente_valor_de_10000000_secretaria_de_agricultura.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/104/lei_24_2023_-_credito_adicional_suplementar_por_anulacao_de_dotacao_ao_orcamento_vigente_valor_de_10000000_secretaria_de_agricultura.pdf</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/105/lei_25_2023_-_abertura_de_credito_adicional_especial_ao_orcamento_vigente_secretaria_municipal_de_saude_valor_311.04667_emenda_parlamentar_deputado_marcelo_cruz.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/105/lei_25_2023_-_abertura_de_credito_adicional_especial_ao_orcamento_vigente_secretaria_municipal_de_saude_valor_311.04667_emenda_parlamentar_deputado_marcelo_cruz.pdf</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/106/lei_26_2023_-_altera_o_inciso_v_do_artigo_1_da_lei_1.377-2017.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/106/lei_26_2023_-_altera_o_inciso_v_do_artigo_1_da_lei_1.377-2017.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO V DO ARTIGO 1º DA LEI 1377/2017</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/107/lei_27_2023_-_abertura_de_credito_adicional_especial_no_orcamento_vigente_valor_1156050_-_educacao_material__didatico_saed.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/107/lei_27_2023_-_abertura_de_credito_adicional_especial_no_orcamento_vigente_valor_1156050_-_educacao_material__didatico_saed.pdf</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/109/lei_28_2023_-_abertura_de_credito_adicional_suplementar_por_anulacao_de_despesa_valor_150000_camara_municipal.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/109/lei_28_2023_-_abertura_de_credito_adicional_suplementar_por_anulacao_de_despesa_valor_150000_camara_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO ORÇAMENTÁRIA NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/110/lei_29_2023_-_abertura_de_credito_adicional_especial_ao_orcamento_vigente_no_valor_de_12700000_educacao_merenda_escolar.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/110/lei_29_2023_-_abertura_de_credito_adicional_especial_ao_orcamento_vigente_no_valor_de_12700000_educacao_merenda_escolar.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/111/lei_30_2023_-_acresce_o_nciso_vii__ao_artigo_1_da_1377_area_infigena.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/111/lei_30_2023_-_acresce_o_nciso_vii__ao_artigo_1_da_1377_area_infigena.pdf</t>
   </si>
   <si>
     <t>ACRESCE O INCISO VII AO ARTIGO 1º DA LEI 1377/2017</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/112/lei_31_2023_-_cria_e_regulamenta_auxilio_alimentacao_auxilio_moradia_e_ajuda_de_custo_aos_profissionais_medicos_inseridos_nos_programas_federais.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/112/lei_31_2023_-_cria_e_regulamenta_auxilio_alimentacao_auxilio_moradia_e_ajuda_de_custo_aos_profissionais_medicos_inseridos_nos_programas_federais.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAMENTO DE PROJETO DE LEI 031/2023.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/113/lei_32_2023_cria_o_auxilio_agrofeira_aos_servidores_publicos_municipais.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/113/lei_32_2023_cria_o_auxilio_agrofeira_aos_servidores_publicos_municipais.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAMENTO DE PROJETO DE LEI 032/2023 - SUBSTITUTIVO.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/114/lei_33_2023_-_altera_o_inciso_x_do_artigo_5_da_lei_289-1995_sobre_loteamentos.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/114/lei_33_2023_-_altera_o_inciso_x_do_artigo_5_da_lei_289-1995_sobre_loteamentos.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO X DO ARTIGO 5º DA LEI 289/1995.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/115/lei_34_2023_-_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_valor_15000000_aquisicao_veiculo_secretaria_infraestrutura.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/115/lei_34_2023_-_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_valor_15000000_aquisicao_veiculo_secretaria_infraestrutura.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/116/lei_35_2023_-_abertura_de_credito_adicional_especial_no_orcamento_vigente_emenda_parlamentar_marcos_r._valor_121210000_infraestrutura.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/116/lei_35_2023_-_abertura_de_credito_adicional_especial_no_orcamento_vigente_emenda_parlamentar_marcos_r._valor_121210000_infraestrutura.pdf</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/117/lei_36_2023_-_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_valor_de_3300000_educacao.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/117/lei_36_2023_-_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_valor_de_3300000_educacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/118/lei_37_2023_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_educacao_valor__103.00000_material_didatico.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/118/lei_37_2023_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_educacao_valor__103.00000_material_didatico.pdf</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/119/lei_38_2023_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_secretaria_de_educacao__280.00000_pagamento_de_voluntarios_e_diaria..pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/119/lei_38_2023_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_secretaria_de_educacao__280.00000_pagamento_de_voluntarios_e_diaria..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDBNCIAS.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/120/lei_39_2023_acresce_o_inciso_vi_ao_artigo_28_da_lei_848_2007_conselho_tutelar_auxilio_alimentacao..pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/120/lei_39_2023_acresce_o_inciso_vi_ao_artigo_28_da_lei_848_2007_conselho_tutelar_auxilio_alimentacao..pdf</t>
   </si>
   <si>
     <t>ACRESCE O INCISO VI AO ARTIGO 28 DA LEI 848/2007.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/121/lei_40_2023_abertura_de_credito_adicional_especial_orcamento_vigente_convenio_jaqueline_cassol_valor__1.000.00000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/121/lei_40_2023_abertura_de_credito_adicional_especial_orcamento_vigente_convenio_jaqueline_cassol_valor__1.000.00000.pdf</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/122/lei_41_2023_abertura_de_credito_adicional_ao_orcamento_vigente_valor__865.71030_aquisicao_de_material_educacao_deputado_marcelo_cruz.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/122/lei_41_2023_abertura_de_credito_adicional_ao_orcamento_vigente_valor__865.71030_aquisicao_de_material_educacao_deputado_marcelo_cruz.pdf</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/123/lei_42_2023_reuniao_de_juros_e_multas_nos_tributos_vencidos_ate_31_de_dezembro_de_2022.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/123/lei_42_2023_reuniao_de_juros_e_multas_nos_tributos_vencidos_ate_31_de_dezembro_de_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REMISSÃO DE MULTA E JUROS NOS TRIBUTOS VENCIDOS ATE 31/12/2022</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/124/lei_43_2023_abertura_de_credito_adicional_especial_ao_orcamento_digente_13.600.000.00_valor_decorrente_de_convenio_estadual_parque_linear_nas_margens_do_canal.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/124/lei_43_2023_abertura_de_credito_adicional_especial_ao_orcamento_digente_13.600.000.00_valor_decorrente_de_convenio_estadual_parque_linear_nas_margens_do_canal.pdf</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/125/lei_44_2023_altera_o_anexo_unico_da_lei_municipal_no_885_2008.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/125/lei_44_2023_altera_o_anexo_unico_da_lei_municipal_no_885_2008.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO ÚNICO DA LEI PROJETO DE LEI Nº 044/2023.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/126/lei_45_2023_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_educacao_valor_1.026.250.00_convenio.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/126/lei_45_2023_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_educacao_valor_1.026.250.00_convenio.pdf</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/127/lei_46_2023_abertura_de_credito_adicional_suplementar_por_superavit_financeiro_no_orcamento_vigente_e_da_outras_providencias__superavite_1.600.000.00.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/127/lei_46_2023_abertura_de_credito_adicional_suplementar_por_superavit_financeiro_no_orcamento_vigente_e_da_outras_providencias__superavite_1.600.000.00.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERAVIT FINANCEIRO NO ORÇAMENTO VIGENTE D Á OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/128/lei_47_2023_abertuta_de_credito_adicional_especial_com_recurso_vinculado_ao_orcamento_vigente_e_da_outras_providencias_saude.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/128/lei_47_2023_abertuta_de_credito_adicional_especial_com_recurso_vinculado_ao_orcamento_vigente_e_da_outras_providencias_saude.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/129/lei_48_2023_altera_os_incisos_i_ii_e_iii_e_paragrafo_unico_do_artigo_2o_da_lei_1795_2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/129/lei_48_2023_altera_os_incisos_i_ii_e_iii_e_paragrafo_unico_do_artigo_2o_da_lei_1795_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA OS INCISOS I, II, e III e PARÁGRAFO ÚNICO DO ARTIGO 2º DA LEI 1795/2023</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/130/lei_49_2023_credito_adicional_suplementar_por_anulacao_de_dotacao_ao_orcamento_vigente_e_da_outras_procidencias_esporte.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/130/lei_49_2023_credito_adicional_suplementar_por_anulacao_de_dotacao_ao_orcamento_vigente_e_da_outras_procidencias_esporte.pdf</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/131/lei_50_2023_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_emenda_deputado_cirone.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/131/lei_50_2023_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_emenda_deputado_cirone.pdf</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/132/lei_51_2023_abertura_de_credito_adicional_especial_por_recurso_vinculado__ao_orcamento_vigente_valor_r_722.90000_reforma_do_ginasio_de_esporte_._convenio_deputado__cirone_dero.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/132/lei_51_2023_abertura_de_credito_adicional_especial_por_recurso_vinculado__ao_orcamento_vigente_valor_r_722.90000_reforma_do_ginasio_de_esporte_._convenio_deputado__cirone_dero.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSO VINCULADO AO ORÇAMENTO VIGENTE DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/133/lei_52_2023_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_valor_r_52.79563_reforma_da_escola_ana_nery_convenio_344_pge_2022.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/133/lei_52_2023_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_valor_r_52.79563_reforma_da_escola_ana_nery_convenio_344_pge_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE E DÁ OUTAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/134/lei5321.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/134/lei5321.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/135/lei5421.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/135/lei5421.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCAS.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/136/lei_55_2023_abertura_de_credito_adicional_ao_orcamento_vigente_e_da_outras_providencias_valor_r854.95800_requalificacao_da_feira.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/136/lei_55_2023_abertura_de_credito_adicional_ao_orcamento_vigente_e_da_outras_providencias_valor_r854.95800_requalificacao_da_feira.pdf</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/137/lei_56_2023_abertura_dispositiva_na_lei_1.261_2015_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/137/lei_56_2023_abertura_dispositiva_na_lei_1.261_2015_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO NA LEI 1.261/2015 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/138/lei_57_2023_altera_o_anexo_unico_da_lei__municipal_885_2008__da_outras_providencias.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/138/lei_57_2023_altera_o_anexo_unico_da_lei__municipal_885_2008__da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO ÚNICO DA LEI MUNICIPAL 885/2008 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/14/pl_59-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/14/pl_59-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1º DA LEI Nº 1.612/2021.</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/2/pl_60-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/2/pl_60-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/3/pl_61_-_corrigido.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/3/pl_61_-_corrigido.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/4/pl_62-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/4/pl_62-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/5/pl_63-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/5/pl_63-2023.pdf</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/6/pl_64-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/6/pl_64-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL POR EXCESSO DE ARRECADAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/7/pl_65-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/7/pl_65-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE ARRECADAÇÃO  AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/8/pl_66-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/8/pl_66-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/9/pl_67-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/9/pl_67-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE ARRECADAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/17/pl_68-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/17/pl_68-2023.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/18/pl_70-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/18/pl_70-2023.pdf</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/19/pl_71-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/19/pl_71-2023.pdf</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/26/072_ab_credito_especial_excesso_de_arrecadacao_semaf_apae.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/26/072_ab_credito_especial_excesso_de_arrecadacao_semaf_apae.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE_x000D_
 ARRECADAÇÃO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS”</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/22/pl_73-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/22/pl_73-2023.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/27/pl_74-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/27/pl_74-2023.pdf</t>
   </si>
   <si>
     <t>LOA_x000D_
 _x000D_
 ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ALTA FLORESTA D'OESTE-RO PARA O EXERCÍCIO DE 2024.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/28/pl_75-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/28/pl_75-2023.pdf</t>
   </si>
   <si>
     <t>REVISÃO DO PLANO PLURIANUAL DO MUNICÍPIO DE ALTA FLORESTA D'OESTE, PARA O PERÍODO DE 2024 À 2025.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/29/pl_76-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/29/pl_76-2023.pdf</t>
   </si>
   <si>
     <t>DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/21/pl_79-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/21/pl_79-2023.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/30/pl_80-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/30/pl_80-2023.pdf</t>
   </si>
   <si>
     <t>“Cria o parágrafo único no artigo 1º na Lei nº 1.801/2023.”</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/31/pl_81-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/31/pl_81-2023.pdf</t>
   </si>
   <si>
     <t>“Abertura de Crédito Adicional Suplementar por Superávit Financeiro no Orçamento Vigente e dá outras providências (R$ 500.000,00 - SEMAGRI)</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/32/pl_82-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/32/pl_82-2023.pdf</t>
   </si>
   <si>
     <t>“Abertura de Crédito Adicional Suplementar por Anulação de Dotação ao Orçamento Vigente e dá outras providências.” (R$ 45.000,00 - SEMIE / FITHA 2022)</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/39/pl_83-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/39/pl_83-2023.pdf</t>
   </si>
   <si>
     <t>“Abertura de Crédito Adicional Especial ao Orçamento Vigente e dá outras providências.” (R$ 665.000,00 – SEMAGRI) Convênio nº 925579/2021.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/33/pl_84-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/33/pl_84-2023.pdf</t>
   </si>
   <si>
     <t>“Abertura de Crédito Adicional Especial ao Orçamento Vigente e dá outras providências.”  (R$ 665.000,00 - SEMIE / CONVÊNIO Nº 916661/2021)</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/34/pl_85-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/34/pl_85-2023.pdf</t>
   </si>
   <si>
     <t>“Abertura de Crédito Adicional Especial ao Orçamento Vigente e dá outras providências.” (R$ 330.000,00 - SEMSAU / AMBULÂNCIA - TIPO B)</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/35/pl_86-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/35/pl_86-2023.pdf</t>
   </si>
   <si>
     <t>“Abertura de Crédito Adicional Especial por Excesso de Arrecadação ao Orçamento Vigente e dá outras providências.” (R$ 100.000,00 - SEMAF / UNAAFO)</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/36/pl_87-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/36/pl_87-2023.pdf</t>
   </si>
   <si>
     <t>“Abertura de Crédito Adicional Suplementar por Superávit Financeiro ao Orçamento Vigente e dá outras providências.”  (R$ 207.953,55 - SEMIE / Playgrounds)</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/38/pl_88-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/38/pl_88-2023.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a criar o programa melhor caminho e executar os serviços de conservação e manutenção de carreadores de propriedades rurais para fins de escoamento da produção agrícola e pecuária e dá outras providências.”</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/51/pl_90-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/51/pl_90-2023.pdf</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/44/pl_92-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/44/pl_92-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO ÚNICO DA LEI MUNICIPAL 885/2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/46/pl_94-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/46/pl_94-2023.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/47/pl_95-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/47/pl_95-2023.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE REGULAMENTAÇÃO DA TRANSFERÊNCIA DO REPASSE REFERENTE A ASSISTÊNCIA FINANCEIRA COMPLEMENTAR REPASSADA PELA UNIÃO FEDERAL/MINISTÉRIO DA SAÚDE REFERENTE AO PISO NACIONAL DA ENFERMAGEM</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/48/pl_96-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/48/pl_96-2023.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE CRÉDITO ACIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO ORÇAMENTÁRIA NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS. (725.000,00) SEMAF / SEMED / SEMIE e SEMSAU.</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/49/pl_97-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/49/pl_97-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS” (Orçamento da Câmara)</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/50/pl_98-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/50/pl_98-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS” ( R$ 818.651,00 EMENDA ACYR GURGACZ-HOSPITAL)</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/52/pl_99-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/52/pl_99-2023.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/53/100_ab_100_credito_adicional_suplementar_anulacao_de_dotacao_semie_210.00000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/53/100_ab_100_credito_adicional_suplementar_anulacao_de_dotacao_semie_210.00000.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS”</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/54/pl_101-2023.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/61/102__projeto_de_lei_diarias_1.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/54/pl_101-2023.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/61/102__projeto_de_lei_diarias_1.pdf</t>
   </si>
   <si>
     <t>ACRESCE O PARAGRAFO 8º AO ARTIGO 1º DA LEI MUNICIPAL Nº 1.435/2018, E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/62/103_ab_credito_superavit_semed_valor_207.95355.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/62/103_ab_credito_superavit_semed_valor_207.95355.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERAVIT FINANCEIRO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS”</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/63/105_ab_credito_anulacao_de_dotacao_semed.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/64/106_ab_credito_especial_semie_valor_1.974.18000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/63/105_ab_credito_anulacao_de_dotacao_semed.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/64/106_ab_credito_especial_semie_valor_1.974.18000.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS”</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/65/pl_107-2023.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/66/108_ab_credito_especial_semaf_valor_500.00000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/65/pl_107-2023.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/66/108_ab_credito_especial_semaf_valor_500.00000.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO   VIGENTE E DÁ OUTRAS PROVIDENCIAS”</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/255/109_ab_credito_especial_saude_217.91000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/255/109_ab_credito_especial_saude_217.91000.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 217.910,00)</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/256/110_ab_credito_excesso_de_arrecadacao_manutencao_aasistencia_hospitalar_ambulatorial_764.70600_1.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/256/110_ab_credito_excesso_de_arrecadacao_manutencao_aasistencia_hospitalar_ambulatorial_764.70600_1.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS” (764.706,00)</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/257/111_ab_credito_adicional_suplementar_anulacao_de_dotacao_saae.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/257/111_ab_credito_adicional_suplementar_anulacao_de_dotacao_saae.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 20.000,00)</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/258/112_ab_credito_superavit_semaf_semed_saude.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/258/112_ab_credito_superavit_semaf_semed_saude.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERAVIT FINANCEIRO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS” (7.836.000,00 FOLHA DE PAGAMENTO)</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/259/113_ab_credito_adicional_suplementar_anulacao_de_dotacao_semec_6.50000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/259/113_ab_credito_adicional_suplementar_anulacao_de_dotacao_semec_6.50000.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO AO  ORÇAMENTO  VIGENTE E DÁ OUTRAS PROVIDENCIAS”</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/260/114_ab_credito_especial_semagri_valor_208.80000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/260/114_ab_credito_especial_semagri_valor_208.80000.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO   VIGENTE E DÁ OUTRAS PROVIDENCIAS” (r$ 208.000,00)</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/261/115_ab_credito_especial_excesso_de_arrecadacao_semed.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/261/115_ab_credito_especial_excesso_de_arrecadacao_semed.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 78.431,40)</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/262/117_altera_tabela_educacao_novo.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/262/117_altera_tabela_educacao_novo.pdf</t>
   </si>
   <si>
     <t>Altera os Anexos das Leis Municipal 885/2008 e 1683/2022 e e dá outras providencias</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/263/projeto_de_lei_-_apenados.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/263/projeto_de_lei_-_apenados.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O ESTADO DE RONDÔNIA, POR INTERMÉDIO DA SECRETARIA DE ESTADO E JUSTIÇA – SEJUS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/264/119_ab_credito_especial_semed_e_semie_valor_10.500.00000_1.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/264/119_ab_credito_especial_semed_e_semie_valor_10.500.00000_1.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 10.500.000,00 - Transferências Especiais)</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/265/120_ab_credito_especial_saude950.00000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/265/120_ab_credito_especial_saude950.00000.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL COM RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS” (R$ 950.000,00 SEMSAU)</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/266/121_autoriza_contratacao_profissionais_saude_pj.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/266/121_autoriza_contratacao_profissionais_saude_pj.pdf</t>
   </si>
   <si>
     <t>“Regulamenta o Sistema de Contratação de Profissionais de Saúde do Município de Alta Floresta D´Oeste-RO, mediante credenciamento por chamamento público e dá outras providências”.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/267/pl_122.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/267/pl_122.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA JUNTO AO BAIRRO REDONDO. (EM FRENTE AO NOVO CIRETRAN)</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/268/pl_123.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/268/pl_123.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS. (R$ 139.000,00 - SAAE)</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/269/pl_124.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/269/pl_124.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PAGAMENTO DO AUXÍLIO ALIMENTAÇÃO AOS SERVIDORES COMISSIONADOS DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/274/pl_125.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/274/pl_125.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO DE COOPERAÇÃO TÉCNICA E FINANCEIRA COM A ASSOCIAÇÃO DE PROTEÇÃO E VALORIZAÇÃO DA VIDA ANIMAL - PATA AMIGA</t>
   </si>
   <si>
-    <t>RQ</t>
-[...5 lines deleted...]
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/79/requerimento_retirada_da_ordem_do_dia.pdf</t>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO</t>
+  </si>
+  <si>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/79/requerimento_retirada_da_ordem_do_dia.pdf</t>
   </si>
   <si>
     <t>RETIRADA da Ordem do Dia do Projeto de Lei nº 87/2023 e o Veto ao Projeto de Lei nº 13/2023</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Nenão</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/67/requerimento_12-2023a.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/67/requerimento_12-2023a.pdf</t>
   </si>
   <si>
     <t>REQUERER ao Prefeito e ao Secretário de Obras e Infraestrutura deste Município, a disponibilização de Uniformes com faixas reflexíveis e equipamentos de proteção aos garis.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Câmara Municipal de Alta Floresta D'Oeste - CMAFO</t>
   </si>
   <si>
     <t>REQUERER ao Prefeito o envio a Esta Casa de Lei, as Informações sobre o Convênio nº 864121/2018 – Pavimentação Asfáltica no bairro Princesa Izabel.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Marilza da Revil</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/69/requerimento_14-2023_-_av_sao_paulo.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/69/requerimento_14-2023_-_av_sao_paulo.pdf</t>
   </si>
   <si>
     <t>REQUERER ao Prefeito e ao Secretário Municipal de Obras e Infraestrutura, a regularização em caráter de URGÊNCIA, o pavimento da Avenida São Paulo, entre as Ruas Alagoas e Pernambuco.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/70/requerimento_15-2023_diaria.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/70/requerimento_15-2023_diaria.pdf</t>
   </si>
   <si>
     <t>REQUERER ao Prefeito e ao Secretário Municipal de Educação, a equiparação do valor das Diárias de Campo dos Motoristas da SEMED, em relação aos Motoristas da SEMIE.</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/71/requerimento_16-2023_juniomar.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/71/requerimento_16-2023_juniomar.pdf</t>
   </si>
   <si>
     <t>REQUERER ao Secretário Municipal de Saúde e ao de Educação, o conserto da Ambulancha e da Lancha Escolar que fica a disposição da população residente no distrito de Rolim de Moura do Guaporé.</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/72/requerimento_17-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/72/requerimento_17-2023.pdf</t>
   </si>
   <si>
     <t>Requerer ao Sr. Giovan Damo, Prefeito do Município de Alta Floresta, a liberação de um ônibus para os alunos do Colégio Tiradentes da Polícia Militar, a fim de conduzirem para realização de Curso na Cidade de Rolim de Moura.</t>
   </si>
   <si>
     <t>Jacy Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/73/requerimento_19-2023_jacy.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/73/requerimento_19-2023_jacy.pdf</t>
   </si>
   <si>
     <t>REQUERER ao Prefeito e ao Secretário Municipal de Obras e Infraestrutura, o envio em caráter de URGÊNCIA, do Relatório de Gastos com Combustível, dos últimos 6 (seis) meses de TODA frota da Secretaria Municipal de Obras e Infraestrutura – SEMIE.</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/74/requerimento_20-2023_urgencia_simples.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/74/requerimento_20-2023_urgencia_simples.pdf</t>
   </si>
   <si>
     <t>Regulamentação de Transferência do Repasse referente a Assistência Financeira complementar repassada pela União Federal / Ministério da Saúde, referente ao Piso Nacional da Enfermagem.</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/75/requerimento_21-2023_jacy.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/75/requerimento_21-2023_jacy.pdf</t>
   </si>
   <si>
     <t>REQUERER ao Prefeito e ao Secretário Municipal de Obras e Infraestrutura, que remova a pintura da Placa EU AMO AFO, localizada na Praça Castelo Branco, retornando as cores originais (branco e vermelho) ou pelo menos, as cores da bandeira municipal, conforme dispõe a Lei Municipal nº 941/2009.</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/76/requerimento_22-2023_juniomar.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/76/requerimento_22-2023_juniomar.pdf</t>
   </si>
   <si>
     <t>REQUER à Mesa Diretora, ouvido o Plenário, a autorização para emissão de VOTOS DE LOUVOR/HONRA AO MÉRITO, juntamente com medalhas aos servidores das Entidades abaixo relacionadas.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Romeu</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/77/requerimento_23-2023_urgencia_simples.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/77/requerimento_23-2023_urgencia_simples.pdf</t>
   </si>
   <si>
     <t>Urgência para deliberação dos seguintes projetos : •	Projeto de Lei nº 076/2023 / •	Projeto de Lei nº 090/2023.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/78/requerimento_24-2023_juniomar.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/78/requerimento_24-2023_juniomar.pdf</t>
   </si>
   <si>
     <t>REQUERER ao Prefeito Municipal informações sobre o processo e fonte de recurso que serão utilizados na iluminação do Campo no distrito de Rolim de Moura do Guaporé e sua inércia em iniciar os serviços necessários.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/273/requerimento_27-2023_juniomar.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/273/requerimento_27-2023_juniomar.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 027/2023_x000D_
 _x000D_
  _x000D_
 REQUERENTE: Vereador JUNIOR MELO._x000D_
 REQUERIDO: Giovan Damo - Prefeito Municipal_x000D_
 _x000D_
 ASSUNTO: Solicitação de Implementação Urgente do Incentivo Adicional Federal aos Agentes Comunitários de Saúde - ACS_x000D_
 O vereador Juniomar melo de almeida, Vem, por meio deste documento, solicitar que Vossa Excelência encaminhe ao Senhor Prefeito do Município de Alta Floresta do Oeste, RO, com cópia ao Secretário Municipal de Saúde, o pedido de implementação, em caráter de urgência, do incentivo adicional federal aos Agentes Comunitários de Saúde - ACS, conforme decretos e legislações vigentes._x000D_
 Além disso, solicito que seja avaliada a possibilidade de contrapartida do município em conceder o mesmo incentivo garantido aos ACS pelo repasse federal aos Agentes Comunitários de Endemias._x000D_
 Esta medida é crucial para reconhecer o valioso trabalho desempenhado pelos profissionais de saúde em nossa comunidade, garantindo condições dignas e incentivando o comprometimento no enfrentamento de de</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/275/requerimento_28-2023_indiomarcio.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/275/requerimento_28-2023_indiomarcio.pdf</t>
   </si>
   <si>
     <t>ASSUNTO: Solicitação de equiparação salarial entre os auxiliares de enfermagem com os técnicos de enfermagem_x000D_
 O vereador Indiomarcio Pedroso, vem, por meio deste documento, solicitar que Vossa Excelência encaminhe ao Senhor Prefeito do Município de Alta Floresta do Oeste, RO, com cópia ao Secretário Municipal de Saúde, em caráter de urgência, o pedido de equiparação salarial dos auxiliares de enfermagem com os técnicos de enfermagem._x000D_
 Esta medida é crucial para reconhecer o valioso trabalho desempenhado pelos profissionais auxiliares de enfermagem em nossa comunidade, garantindo condições dignas e incentivando o comprometimento no enfrentamento de desafios em prol da saúde pública._x000D_
 _x000D_
 J U S T I F I C A – SE_x000D_
 Ao longo dos anos a diferença salarial dos auxiliares de enfermagem com os técnicos vem acentuando, sendo que desempenham as mesmas funções dentro de uma Unidade de Saúde. Equiparar o salário é medida justa e necessária nos tempos de hoje.</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/37/veto_ao_pl_13-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/37/veto_ao_pl_13-2023.pdf</t>
   </si>
   <si>
     <t>Veto ao Projeto de Lei nº 13/2023 de autoria do vereador JUNIOMAR MELO DE ALMEIDA que dispõe: "Cria o §2º 'A' no Artigo 97 da Lei Municipal nº 885/2008 - Auxílio Saúde".</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/80/indicacao_14-2023_carreadores.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/80/indicacao_14-2023_carreadores.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL PROVIDENCIAS QUANTO A RECUPERAÇÃO DOS CARREADORES DOS PRODUTORES RURAIS DO MUNICÍPIO DE ALTA FLORESTA D’OESTE.</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/81/indicacao_15-2023_rotatoria.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/81/indicacao_15-2023_rotatoria.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Prefeito e demais autoridades a Realização de Blits Educativa (chamados Pit Stop) para referenciar as Rotatórias instaladas na Cidade.</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/82/indicacao_16-2023_faixa_de_pedestre.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/82/indicacao_16-2023_faixa_de_pedestre.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Prefeito e ao Secretário de Obras, para que providencie Faixa de Pedestre e Sinalização adequada, em frente onde está estabelecida a Escola Municipal Floresta Encantada.</t>
   </si>
   <si>
     <t>Natã Soares</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/83/indicacao_17-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/83/indicacao_17-2023.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Prefeito a nomeação oficial da Creche Municipal localizada no bairro Santa Felicidade, em homenagem à HEITOR MOREIRA UGOLINI.</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/84/indicacao_18-2023_quebra_molas_poty.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/84/indicacao_18-2023_quebra_molas_poty.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Prefeito e ao Secretário Municipal de Obras a criação de dois quebra-molas na Linha 60, com a 156 km 18, próximo a Escola Municipal POTY.</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/85/indicacao_19_rua_marisa_rocha.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/85/indicacao_19_rua_marisa_rocha.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Prefeito a nomeação da Rua Projetada 4, que passará ao lado da nova sede do Ciretran, como “Rua Marisa Rocha”.</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/86/indicacao_20_ponto_facultativo_13-10.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/86/indicacao_20_ponto_facultativo_13-10.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Prefeito para que seja decretado ponto facultativo aos funcionários públicos municipais do Poder Executivo, no dia 13 de outubro de 2023.</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/87/indicacao_21_convenio_com_alto_alegre.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/87/indicacao_21_convenio_com_alto_alegre.pdf</t>
   </si>
   <si>
     <t>INDICAR ao Prefeito para que promova Convênio com o Município de Alto Alegre dos Parecis, para que continue atendendo na Unidade Básica de Saúde, a população residente na Vila Marcão e demais linhas próximas, como também recebam a visita dos agentes de saúde.</t>
   </si>
   <si>
     <t>ATO</t>
   </si>
   <si>
     <t>ATO DE PRESIDENCIA</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/88/ato_da_mesa_no_05_publicar.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/88/ato_da_mesa_no_05_publicar.pdf</t>
   </si>
   <si>
     <t>Requer Licença do cargo eletivo de Vereador Dalton Augusto Tupari Firmino da Câmara Municipal de Alta Floresta D’Oeste.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/89/ato_de_presidencia_18-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/89/ato_de_presidencia_18-2023.pdf</t>
   </si>
   <si>
     <t>Revogação ao Ato da Presidência nº 09/2023 de 14 de fevereiro de 2023, que versava sobre o “Trabalho Remoto – Home Office” na Câmara Municipal de Alta Floresta D’Oeste.</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/90/ato_de_presidencia_19-2023_-edirlei_comissoes.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/90/ato_de_presidencia_19-2023_-edirlei_comissoes.pdf</t>
   </si>
   <si>
     <t>Designação do vereador Edirlei Manoel Monteiro - PTB, como Presidente da Comissão Permanente de Obras e Serviços Públicos em substituição ao Vereador afastado Dalton Augusto Tupari Firmino.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/91/ato_de_presidencia_20-2023_-dalton_comissoes_-_copia.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/91/ato_de_presidencia_20-2023_-dalton_comissoes_-_copia.pdf</t>
   </si>
   <si>
     <t>Integração do Vereador Dalton Augusto Tupari Firmino na Comissão Permanente de Obras e Serviços Públicos como Presidente.</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/92/ato_de_presidencia_21-2023_-ponto_facultativo_13-out.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/92/ato_de_presidencia_21-2023_-ponto_facultativo_13-out.pdf</t>
   </si>
   <si>
     <t>Declaração de Ponto Facultativo no dia 13 de outubro de 2023 (Sexta-Feira), na Câmara Municipal de Alta Floresta D’Oeste, Estado de Rondônia.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/93/ato_de_presidencia_22-2023_-_suspencao_de_atendimento_plenario.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/93/ato_de_presidencia_22-2023_-_suspencao_de_atendimento_plenario.pdf</t>
   </si>
   <si>
     <t>SUSPENSÃO ao atendimento no Plenário da Câmara Municipal nos dias 28 e 29 de setembro de 2023 (Quinta e Sexta-Feira), em virtude de realização de Limpeza no Forro.</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/94/ato_de_presidencia_23-2023_-ponto_facultativo_03-nov.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/94/ato_de_presidencia_23-2023_-ponto_facultativo_03-nov.pdf</t>
   </si>
   <si>
     <t>Declaração do Ponto Facultativo no dia 03 de novembro de 2023 (Sexta-Feira), na Câmara Municipal de Alta Floresta D’Oeste, Estado de Rondônia.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/139/lei_1_2023__altera_os_artigos_386669_e_os_anexos_iii_e_iv_da_lei_1375.2017.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/139/lei_1_2023__altera_os_artigos_386669_e_os_anexos_iii_e_iv_da_lei_1375.2017.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 38, 66, 69 E ANEXOS III E IV DA LEI Nº 1.375 DE 14 DE MARÇO DE 2017.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/140/lei_2_2023_divulgacao_pela_internet_e_campanha_denominada_contas_abertas_informando_periodicamente_todos_os_saldos_das_contas_bancarias_do_municipio_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/140/lei_2_2023_divulgacao_pela_internet_e_campanha_denominada_contas_abertas_informando_periodicamente_todos_os_saldos_das_contas_bancarias_do_municipio_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIVULGAÇÃO PELA INTERNET E CAMPANHA DENOMINADA CONTAS ABERTAS, INFORMANDO PERIODICAMENTE TODOS OS SALDOS DAS CONTAS BANCARIAS DO MUNICÍPIO, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/141/lei_4_2023_obrigatoriedade_no_ambito_do_municipio_da_divulgacao_de_informacoes_no_site_oficial_da_prefeitura.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/141/lei_4_2023_obrigatoriedade_no_ambito_do_municipio_da_divulgacao_de_informacoes_no_site_oficial_da_prefeitura.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE NO ÂMBITO MUNICIPAL DA DIVULGAÇÃO DE INFORMAÇÕES NO SITE OFICIAL DA PREFEITURA MUNICIPAL E EM MEIOS DE COMUNICAÇÃO, RÁDIOS OU REDES SOCIAIS NA INTERNET, SOBRE OBRAS PÚBLICAS PARALISADAS, CONTENDO OS MOTIVOS, TEMPO DE INTERRUPÇÃO E NOVA DATA PREVISTA PARA TÉRMINO.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/142/lei_5_2023_assessoramento_voluntario_camara.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/142/lei_5_2023_assessoramento_voluntario_camara.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SERVIÇO VOLUNTÁRIO NO ÂMBITO DA CÂMARA MUNICIPAL DE ALTA FLORESTA D' OESTE/RO, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/143/lei_6_2023_veto_anexo_oriundo_projeto_062023_acrescenta_o_artigo_35_a_e_35_b_na_lei_complementar_no_006_de_1o_de_junho_2017.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/143/lei_6_2023_veto_anexo_oriundo_projeto_062023_acrescenta_o_artigo_35_a_e_35_b_na_lei_complementar_no_006_de_1o_de_junho_2017.pdf</t>
   </si>
   <si>
     <t>Acrescenta o artigo 35-"A" e 35-"B na Lei Complementar 006/2017 de 01 junho de 2017.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/144/lei_7_2023_auxilio_maternidade_camara.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/144/lei_7_2023_auxilio_maternidade_camara.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 68 DA LEI MUNICIPAL 1.375 DE 2017.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/145/lei_9_2023_autoriza_o_poder_executivo_e_legislativo_conceder_01_um_dia_de_folga_remunerada_ao_servidor_na_data_de_seus_aniversario.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/145/lei_9_2023_autoriza_o_poder_executivo_e_legislativo_conceder_01_um_dia_de_folga_remunerada_ao_servidor_na_data_de_seus_aniversario.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO E DO PODER LEGISLATIVO MUNICIPAL A CONCEDER 01 ( UM ) DIA DE FOLGA REMUNERADA AOS SERVIDORES PÚBLICOS MUNICIPAIS EFETIVOS, COMISSIONADOS E EMERGÊNCIAS, NA DATA DE SEUS RESPECIVOS ANIVERSÁRIOS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/146/lei_10_2023_dispoe_sobre_estabelece_obrigatoriedade_ao_poder_executivo_municipal_do_envio_ao_legislativo_municipal_anualmente_do_projeto_de_execucao_ado_fitha.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/146/lei_10_2023_dispoe_sobre_estabelece_obrigatoriedade_ao_poder_executivo_municipal_do_envio_ao_legislativo_municipal_anualmente_do_projeto_de_execucao_ado_fitha.pdf</t>
   </si>
   <si>
     <t>ESTABELECE OBRIGATORIEDADE AO PODER EXECUTIVO MUNICIPAL DO ENVIO AO LEGISLATIVO MUNICIPAL ANUALMENTE DO PROJETO DE EXECUÇÃO PARA INFRAESTRUTURA DE TRANSPORTE E HABITAÇÃO - FITHA.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/147/lei_11_2023_altera_o_anexo_lv_da_lei_municipal_n_1.763_de_01_de_fevereiro_2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/147/lei_11_2023_altera_o_anexo_lv_da_lei_municipal_n_1.763_de_01_de_fevereiro_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA ANEXO DA LEI 1763/2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/148/lei_12_2023_transparencia_na_execucao_de_emendas_parlamentares_indicadas_ao_municipio_por_deputados_estadual_e_federal_bem_como_a_obrigatoriedade_de_apresentacao_de_relatorios_trimestrais.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/148/lei_12_2023_transparencia_na_execucao_de_emendas_parlamentares_indicadas_ao_municipio_por_deputados_estadual_e_federal_bem_como_a_obrigatoriedade_de_apresentacao_de_relatorios_trimestrais.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSPARÊNCIA NA EXECUÇÃO DE EMENDAS PARLAMENTARES, INDICADAS AO MUNICÍPIO POR DEPUTADOS ESTADUAL E FEDERAL, SENADORES E EMENTAS DE BANCADAS, BEM COMO A OBRIGATORIEDADE DE APRESENTAÇÃO DE RELATÓRIOS TRIMESTRAIS.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/149/lei_13_2023_cria_o_paragrafo_2o_a_no_artigo_97_lei_municipal_no_885_2008_auxilio_saude..pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/149/lei_13_2023_cria_o_paragrafo_2o_a_no_artigo_97_lei_municipal_no_885_2008_auxilio_saude..pdf</t>
   </si>
   <si>
     <t>CRIA O 2º. 'A" NO ARTIGO 97 DA LEI MUNICIPAL 885/2008.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/270/pl_31-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/270/pl_31-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA CRECHE MUNICIPAL LOCALIZADA NO BAIRRO SANTA FELICIDADE COM O NOME HEITOR MOREIRA UGOLINI"</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/271/pl_32-2023_recuperacao_automatica.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/271/pl_32-2023_recuperacao_automatica.pdf</t>
   </si>
   <si>
     <t>ALTERA E CRIA JUNTO AO ANEXO III E IV DA LEI MUNICIPAL Nº 1.375/2017 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/58/pl_21-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/58/pl_21-2023.pdf</t>
   </si>
   <si>
     <t>Cria a Seção XIII e o Artigo 32 “A” e Altera o Artigo 191 da Lei nº 1.375/2017 e dá outras providências”.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/272/plc_01-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/272/plc_01-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO II DA LEI COMPLEMENTAR Nº 006/2017</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>PROC</t>
   </si>
   <si>
     <t>PROCEDIMENTO</t>
   </si>
   <si>
     <t>CPOF - COMISSÃO PERMANENTE DE ORÇAMENTO E FINANÇAS</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/441/procedimento_01-2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/441/procedimento_01-2023.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE SERVIÇOS SEM PROCEDIMENTO LICITATÓRIO PELO PODER EXECUTIVO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1882,51 +1882,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/25/lei_1_2023_abertura_de_credito_adicional_especial_ao_orcamento_vigente_no_valor_de_r_990.000.000.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/95/lei_2_2023_concede_reajuste_revisao_geral_aos_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/96/lei_3_2023__veto_prefeito_altera_dispositivos_e_o_anexo_unico_da_lei_municipal_no_1435_2018-_diarias.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/108/lei_4_2023_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/97/lei_5_2023_abertura_de_credito_adicional_especial_ao_orcamento_vigente_reforma_de_escolas_valor_r1.643.90350.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/98/lei_6_2023_abertura_de_credito_adicional_especial_ao_orcamento_virgente_valor_r_30.576.84_luminaria_aquisicao_de_lampadas_led.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/99/lei_7_2023_abertura_de_credito_adicional_especial_no_valor_de_r_420.00000-_fundo_municipal_de_saude_aquisicao_ambulancia_e_veiculo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/100/lei_8_2023_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_orcamentaria_valor_r564.94200_-_camara.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/101/lei_10_2023_altera_dispositivo_junto_a_lei_municipal_1690_2022_auxilio_alimntacao_e_moradia-_mais_medico.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/102/lei_11_2023_abertura_de_credito_adicional_especial_orcamento_vigente_r_255.388.54_saude.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/10/pl_14-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/103/lei_18_2023_abertura_credito_adicional_especial_ao_orcamento_vigente_r_1.002.885.00_educacao.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/57/pl_20-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/560/lei_21_2023_-_criacao_e_regulamentacao_do_cargo_de_motorista_condutor_de_ambulancia_de_saude.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/59/pl_22-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/60/pl_23-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/104/lei_24_2023_-_credito_adicional_suplementar_por_anulacao_de_dotacao_ao_orcamento_vigente_valor_de_10000000_secretaria_de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/105/lei_25_2023_-_abertura_de_credito_adicional_especial_ao_orcamento_vigente_secretaria_municipal_de_saude_valor_311.04667_emenda_parlamentar_deputado_marcelo_cruz.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/106/lei_26_2023_-_altera_o_inciso_v_do_artigo_1_da_lei_1.377-2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/107/lei_27_2023_-_abertura_de_credito_adicional_especial_no_orcamento_vigente_valor_1156050_-_educacao_material__didatico_saed.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/109/lei_28_2023_-_abertura_de_credito_adicional_suplementar_por_anulacao_de_despesa_valor_150000_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/110/lei_29_2023_-_abertura_de_credito_adicional_especial_ao_orcamento_vigente_no_valor_de_12700000_educacao_merenda_escolar.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/111/lei_30_2023_-_acresce_o_nciso_vii__ao_artigo_1_da_1377_area_infigena.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/112/lei_31_2023_-_cria_e_regulamenta_auxilio_alimentacao_auxilio_moradia_e_ajuda_de_custo_aos_profissionais_medicos_inseridos_nos_programas_federais.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/113/lei_32_2023_cria_o_auxilio_agrofeira_aos_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/114/lei_33_2023_-_altera_o_inciso_x_do_artigo_5_da_lei_289-1995_sobre_loteamentos.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/115/lei_34_2023_-_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_valor_15000000_aquisicao_veiculo_secretaria_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/116/lei_35_2023_-_abertura_de_credito_adicional_especial_no_orcamento_vigente_emenda_parlamentar_marcos_r._valor_121210000_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/117/lei_36_2023_-_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_valor_de_3300000_educacao.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/118/lei_37_2023_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_educacao_valor__103.00000_material_didatico.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/119/lei_38_2023_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_secretaria_de_educacao__280.00000_pagamento_de_voluntarios_e_diaria..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/120/lei_39_2023_acresce_o_inciso_vi_ao_artigo_28_da_lei_848_2007_conselho_tutelar_auxilio_alimentacao..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/121/lei_40_2023_abertura_de_credito_adicional_especial_orcamento_vigente_convenio_jaqueline_cassol_valor__1.000.00000.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/122/lei_41_2023_abertura_de_credito_adicional_ao_orcamento_vigente_valor__865.71030_aquisicao_de_material_educacao_deputado_marcelo_cruz.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/123/lei_42_2023_reuniao_de_juros_e_multas_nos_tributos_vencidos_ate_31_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/124/lei_43_2023_abertura_de_credito_adicional_especial_ao_orcamento_digente_13.600.000.00_valor_decorrente_de_convenio_estadual_parque_linear_nas_margens_do_canal.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/125/lei_44_2023_altera_o_anexo_unico_da_lei_municipal_no_885_2008.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/126/lei_45_2023_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_educacao_valor_1.026.250.00_convenio.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/127/lei_46_2023_abertura_de_credito_adicional_suplementar_por_superavit_financeiro_no_orcamento_vigente_e_da_outras_providencias__superavite_1.600.000.00.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/128/lei_47_2023_abertuta_de_credito_adicional_especial_com_recurso_vinculado_ao_orcamento_vigente_e_da_outras_providencias_saude.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/129/lei_48_2023_altera_os_incisos_i_ii_e_iii_e_paragrafo_unico_do_artigo_2o_da_lei_1795_2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/130/lei_49_2023_credito_adicional_suplementar_por_anulacao_de_dotacao_ao_orcamento_vigente_e_da_outras_procidencias_esporte.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/131/lei_50_2023_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_emenda_deputado_cirone.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/132/lei_51_2023_abertura_de_credito_adicional_especial_por_recurso_vinculado__ao_orcamento_vigente_valor_r_722.90000_reforma_do_ginasio_de_esporte_._convenio_deputado__cirone_dero.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/133/lei_52_2023_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_valor_r_52.79563_reforma_da_escola_ana_nery_convenio_344_pge_2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/134/lei5321.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/135/lei5421.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/136/lei_55_2023_abertura_de_credito_adicional_ao_orcamento_vigente_e_da_outras_providencias_valor_r854.95800_requalificacao_da_feira.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/137/lei_56_2023_abertura_dispositiva_na_lei_1.261_2015_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/138/lei_57_2023_altera_o_anexo_unico_da_lei__municipal_885_2008__da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/14/pl_59-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/2/pl_60-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/3/pl_61_-_corrigido.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/4/pl_62-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/5/pl_63-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/6/pl_64-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/7/pl_65-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/8/pl_66-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/9/pl_67-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/17/pl_68-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/18/pl_70-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/19/pl_71-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/26/072_ab_credito_especial_excesso_de_arrecadacao_semaf_apae.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/22/pl_73-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/27/pl_74-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/28/pl_75-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/29/pl_76-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/21/pl_79-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/30/pl_80-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/31/pl_81-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/32/pl_82-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/39/pl_83-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/33/pl_84-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/34/pl_85-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/35/pl_86-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/36/pl_87-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/38/pl_88-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/51/pl_90-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/44/pl_92-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/46/pl_94-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/47/pl_95-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/48/pl_96-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/49/pl_97-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/50/pl_98-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/52/pl_99-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/53/100_ab_100_credito_adicional_suplementar_anulacao_de_dotacao_semie_210.00000.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/54/pl_101-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/61/102__projeto_de_lei_diarias_1.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/62/103_ab_credito_superavit_semed_valor_207.95355.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/63/105_ab_credito_anulacao_de_dotacao_semed.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/64/106_ab_credito_especial_semie_valor_1.974.18000.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/65/pl_107-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/66/108_ab_credito_especial_semaf_valor_500.00000.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/255/109_ab_credito_especial_saude_217.91000.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/256/110_ab_credito_excesso_de_arrecadacao_manutencao_aasistencia_hospitalar_ambulatorial_764.70600_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/257/111_ab_credito_adicional_suplementar_anulacao_de_dotacao_saae.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/258/112_ab_credito_superavit_semaf_semed_saude.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/259/113_ab_credito_adicional_suplementar_anulacao_de_dotacao_semec_6.50000.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/260/114_ab_credito_especial_semagri_valor_208.80000.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/261/115_ab_credito_especial_excesso_de_arrecadacao_semed.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/262/117_altera_tabela_educacao_novo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/263/projeto_de_lei_-_apenados.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/264/119_ab_credito_especial_semed_e_semie_valor_10.500.00000_1.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/265/120_ab_credito_especial_saude950.00000.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/266/121_autoriza_contratacao_profissionais_saude_pj.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/267/pl_122.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/268/pl_123.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/269/pl_124.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/274/pl_125.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/79/requerimento_retirada_da_ordem_do_dia.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/67/requerimento_12-2023a.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/69/requerimento_14-2023_-_av_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/70/requerimento_15-2023_diaria.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/71/requerimento_16-2023_juniomar.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/72/requerimento_17-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/73/requerimento_19-2023_jacy.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/74/requerimento_20-2023_urgencia_simples.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/75/requerimento_21-2023_jacy.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/76/requerimento_22-2023_juniomar.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/77/requerimento_23-2023_urgencia_simples.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/78/requerimento_24-2023_juniomar.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/273/requerimento_27-2023_juniomar.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/275/requerimento_28-2023_indiomarcio.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/37/veto_ao_pl_13-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/80/indicacao_14-2023_carreadores.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/81/indicacao_15-2023_rotatoria.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/82/indicacao_16-2023_faixa_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/83/indicacao_17-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/84/indicacao_18-2023_quebra_molas_poty.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/85/indicacao_19_rua_marisa_rocha.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/86/indicacao_20_ponto_facultativo_13-10.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/87/indicacao_21_convenio_com_alto_alegre.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/88/ato_da_mesa_no_05_publicar.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/89/ato_de_presidencia_18-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/90/ato_de_presidencia_19-2023_-edirlei_comissoes.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/91/ato_de_presidencia_20-2023_-dalton_comissoes_-_copia.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/92/ato_de_presidencia_21-2023_-ponto_facultativo_13-out.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/93/ato_de_presidencia_22-2023_-_suspencao_de_atendimento_plenario.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/94/ato_de_presidencia_23-2023_-ponto_facultativo_03-nov.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/139/lei_1_2023__altera_os_artigos_386669_e_os_anexos_iii_e_iv_da_lei_1375.2017.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/140/lei_2_2023_divulgacao_pela_internet_e_campanha_denominada_contas_abertas_informando_periodicamente_todos_os_saldos_das_contas_bancarias_do_municipio_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/141/lei_4_2023_obrigatoriedade_no_ambito_do_municipio_da_divulgacao_de_informacoes_no_site_oficial_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/142/lei_5_2023_assessoramento_voluntario_camara.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/143/lei_6_2023_veto_anexo_oriundo_projeto_062023_acrescenta_o_artigo_35_a_e_35_b_na_lei_complementar_no_006_de_1o_de_junho_2017.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/144/lei_7_2023_auxilio_maternidade_camara.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/145/lei_9_2023_autoriza_o_poder_executivo_e_legislativo_conceder_01_um_dia_de_folga_remunerada_ao_servidor_na_data_de_seus_aniversario.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/146/lei_10_2023_dispoe_sobre_estabelece_obrigatoriedade_ao_poder_executivo_municipal_do_envio_ao_legislativo_municipal_anualmente_do_projeto_de_execucao_ado_fitha.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/147/lei_11_2023_altera_o_anexo_lv_da_lei_municipal_n_1.763_de_01_de_fevereiro_2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/148/lei_12_2023_transparencia_na_execucao_de_emendas_parlamentares_indicadas_ao_municipio_por_deputados_estadual_e_federal_bem_como_a_obrigatoriedade_de_apresentacao_de_relatorios_trimestrais.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/149/lei_13_2023_cria_o_paragrafo_2o_a_no_artigo_97_lei_municipal_no_885_2008_auxilio_saude..pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/270/pl_31-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/271/pl_32-2023_recuperacao_automatica.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/58/pl_21-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/272/plc_01-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/441/procedimento_01-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/25/lei_1_2023_abertura_de_credito_adicional_especial_ao_orcamento_vigente_no_valor_de_r_990.000.000.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/95/lei_2_2023_concede_reajuste_revisao_geral_aos_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/96/lei_3_2023__veto_prefeito_altera_dispositivos_e_o_anexo_unico_da_lei_municipal_no_1435_2018-_diarias.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/108/lei_4_2023_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/97/lei_5_2023_abertura_de_credito_adicional_especial_ao_orcamento_vigente_reforma_de_escolas_valor_r1.643.90350.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/98/lei_6_2023_abertura_de_credito_adicional_especial_ao_orcamento_virgente_valor_r_30.576.84_luminaria_aquisicao_de_lampadas_led.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/99/lei_7_2023_abertura_de_credito_adicional_especial_no_valor_de_r_420.00000-_fundo_municipal_de_saude_aquisicao_ambulancia_e_veiculo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/100/lei_8_2023_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_orcamentaria_valor_r564.94200_-_camara.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/101/lei_10_2023_altera_dispositivo_junto_a_lei_municipal_1690_2022_auxilio_alimntacao_e_moradia-_mais_medico.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/102/lei_11_2023_abertura_de_credito_adicional_especial_orcamento_vigente_r_255.388.54_saude.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/10/pl_14-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/103/lei_18_2023_abertura_credito_adicional_especial_ao_orcamento_vigente_r_1.002.885.00_educacao.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/57/pl_20-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/560/lei_21_2023_-_criacao_e_regulamentacao_do_cargo_de_motorista_condutor_de_ambulancia_de_saude.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/59/pl_22-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/60/pl_23-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/104/lei_24_2023_-_credito_adicional_suplementar_por_anulacao_de_dotacao_ao_orcamento_vigente_valor_de_10000000_secretaria_de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/105/lei_25_2023_-_abertura_de_credito_adicional_especial_ao_orcamento_vigente_secretaria_municipal_de_saude_valor_311.04667_emenda_parlamentar_deputado_marcelo_cruz.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/106/lei_26_2023_-_altera_o_inciso_v_do_artigo_1_da_lei_1.377-2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/107/lei_27_2023_-_abertura_de_credito_adicional_especial_no_orcamento_vigente_valor_1156050_-_educacao_material__didatico_saed.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/109/lei_28_2023_-_abertura_de_credito_adicional_suplementar_por_anulacao_de_despesa_valor_150000_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/110/lei_29_2023_-_abertura_de_credito_adicional_especial_ao_orcamento_vigente_no_valor_de_12700000_educacao_merenda_escolar.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/111/lei_30_2023_-_acresce_o_nciso_vii__ao_artigo_1_da_1377_area_infigena.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/112/lei_31_2023_-_cria_e_regulamenta_auxilio_alimentacao_auxilio_moradia_e_ajuda_de_custo_aos_profissionais_medicos_inseridos_nos_programas_federais.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/113/lei_32_2023_cria_o_auxilio_agrofeira_aos_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/114/lei_33_2023_-_altera_o_inciso_x_do_artigo_5_da_lei_289-1995_sobre_loteamentos.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/115/lei_34_2023_-_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_valor_15000000_aquisicao_veiculo_secretaria_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/116/lei_35_2023_-_abertura_de_credito_adicional_especial_no_orcamento_vigente_emenda_parlamentar_marcos_r._valor_121210000_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/117/lei_36_2023_-_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_valor_de_3300000_educacao.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/118/lei_37_2023_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_educacao_valor__103.00000_material_didatico.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/119/lei_38_2023_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_secretaria_de_educacao__280.00000_pagamento_de_voluntarios_e_diaria..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/120/lei_39_2023_acresce_o_inciso_vi_ao_artigo_28_da_lei_848_2007_conselho_tutelar_auxilio_alimentacao..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/121/lei_40_2023_abertura_de_credito_adicional_especial_orcamento_vigente_convenio_jaqueline_cassol_valor__1.000.00000.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/122/lei_41_2023_abertura_de_credito_adicional_ao_orcamento_vigente_valor__865.71030_aquisicao_de_material_educacao_deputado_marcelo_cruz.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/123/lei_42_2023_reuniao_de_juros_e_multas_nos_tributos_vencidos_ate_31_de_dezembro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/124/lei_43_2023_abertura_de_credito_adicional_especial_ao_orcamento_digente_13.600.000.00_valor_decorrente_de_convenio_estadual_parque_linear_nas_margens_do_canal.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/125/lei_44_2023_altera_o_anexo_unico_da_lei_municipal_no_885_2008.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/126/lei_45_2023_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_educacao_valor_1.026.250.00_convenio.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/127/lei_46_2023_abertura_de_credito_adicional_suplementar_por_superavit_financeiro_no_orcamento_vigente_e_da_outras_providencias__superavite_1.600.000.00.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/128/lei_47_2023_abertuta_de_credito_adicional_especial_com_recurso_vinculado_ao_orcamento_vigente_e_da_outras_providencias_saude.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/129/lei_48_2023_altera_os_incisos_i_ii_e_iii_e_paragrafo_unico_do_artigo_2o_da_lei_1795_2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/130/lei_49_2023_credito_adicional_suplementar_por_anulacao_de_dotacao_ao_orcamento_vigente_e_da_outras_procidencias_esporte.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/131/lei_50_2023_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_emenda_deputado_cirone.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/132/lei_51_2023_abertura_de_credito_adicional_especial_por_recurso_vinculado__ao_orcamento_vigente_valor_r_722.90000_reforma_do_ginasio_de_esporte_._convenio_deputado__cirone_dero.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/133/lei_52_2023_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_valor_r_52.79563_reforma_da_escola_ana_nery_convenio_344_pge_2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/134/lei5321.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/135/lei5421.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/136/lei_55_2023_abertura_de_credito_adicional_ao_orcamento_vigente_e_da_outras_providencias_valor_r854.95800_requalificacao_da_feira.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/137/lei_56_2023_abertura_dispositiva_na_lei_1.261_2015_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/138/lei_57_2023_altera_o_anexo_unico_da_lei__municipal_885_2008__da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/14/pl_59-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/2/pl_60-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/3/pl_61_-_corrigido.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/4/pl_62-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/5/pl_63-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/6/pl_64-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/7/pl_65-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/8/pl_66-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/9/pl_67-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/17/pl_68-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/18/pl_70-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/19/pl_71-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/26/072_ab_credito_especial_excesso_de_arrecadacao_semaf_apae.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/22/pl_73-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/27/pl_74-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/28/pl_75-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/29/pl_76-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/21/pl_79-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/30/pl_80-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/31/pl_81-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/32/pl_82-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/39/pl_83-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/33/pl_84-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/34/pl_85-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/35/pl_86-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/36/pl_87-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/38/pl_88-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/51/pl_90-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/44/pl_92-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/46/pl_94-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/47/pl_95-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/48/pl_96-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/49/pl_97-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/50/pl_98-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/52/pl_99-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/53/100_ab_100_credito_adicional_suplementar_anulacao_de_dotacao_semie_210.00000.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/54/pl_101-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/61/102__projeto_de_lei_diarias_1.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/62/103_ab_credito_superavit_semed_valor_207.95355.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/63/105_ab_credito_anulacao_de_dotacao_semed.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/64/106_ab_credito_especial_semie_valor_1.974.18000.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/65/pl_107-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/66/108_ab_credito_especial_semaf_valor_500.00000.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/255/109_ab_credito_especial_saude_217.91000.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/256/110_ab_credito_excesso_de_arrecadacao_manutencao_aasistencia_hospitalar_ambulatorial_764.70600_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/257/111_ab_credito_adicional_suplementar_anulacao_de_dotacao_saae.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/258/112_ab_credito_superavit_semaf_semed_saude.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/259/113_ab_credito_adicional_suplementar_anulacao_de_dotacao_semec_6.50000.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/260/114_ab_credito_especial_semagri_valor_208.80000.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/261/115_ab_credito_especial_excesso_de_arrecadacao_semed.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/262/117_altera_tabela_educacao_novo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/263/projeto_de_lei_-_apenados.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/264/119_ab_credito_especial_semed_e_semie_valor_10.500.00000_1.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/265/120_ab_credito_especial_saude950.00000.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/266/121_autoriza_contratacao_profissionais_saude_pj.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/267/pl_122.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/268/pl_123.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/269/pl_124.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/274/pl_125.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/79/requerimento_retirada_da_ordem_do_dia.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/67/requerimento_12-2023a.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/69/requerimento_14-2023_-_av_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/70/requerimento_15-2023_diaria.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/71/requerimento_16-2023_juniomar.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/72/requerimento_17-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/73/requerimento_19-2023_jacy.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/74/requerimento_20-2023_urgencia_simples.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/75/requerimento_21-2023_jacy.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/76/requerimento_22-2023_juniomar.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/77/requerimento_23-2023_urgencia_simples.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/78/requerimento_24-2023_juniomar.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/273/requerimento_27-2023_juniomar.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/275/requerimento_28-2023_indiomarcio.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/37/veto_ao_pl_13-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/80/indicacao_14-2023_carreadores.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/81/indicacao_15-2023_rotatoria.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/82/indicacao_16-2023_faixa_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/83/indicacao_17-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/84/indicacao_18-2023_quebra_molas_poty.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/85/indicacao_19_rua_marisa_rocha.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/86/indicacao_20_ponto_facultativo_13-10.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/87/indicacao_21_convenio_com_alto_alegre.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/88/ato_da_mesa_no_05_publicar.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/89/ato_de_presidencia_18-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/90/ato_de_presidencia_19-2023_-edirlei_comissoes.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/91/ato_de_presidencia_20-2023_-dalton_comissoes_-_copia.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/92/ato_de_presidencia_21-2023_-ponto_facultativo_13-out.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/93/ato_de_presidencia_22-2023_-_suspencao_de_atendimento_plenario.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/94/ato_de_presidencia_23-2023_-ponto_facultativo_03-nov.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/139/lei_1_2023__altera_os_artigos_386669_e_os_anexos_iii_e_iv_da_lei_1375.2017.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/140/lei_2_2023_divulgacao_pela_internet_e_campanha_denominada_contas_abertas_informando_periodicamente_todos_os_saldos_das_contas_bancarias_do_municipio_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/141/lei_4_2023_obrigatoriedade_no_ambito_do_municipio_da_divulgacao_de_informacoes_no_site_oficial_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/142/lei_5_2023_assessoramento_voluntario_camara.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/143/lei_6_2023_veto_anexo_oriundo_projeto_062023_acrescenta_o_artigo_35_a_e_35_b_na_lei_complementar_no_006_de_1o_de_junho_2017.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/144/lei_7_2023_auxilio_maternidade_camara.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/145/lei_9_2023_autoriza_o_poder_executivo_e_legislativo_conceder_01_um_dia_de_folga_remunerada_ao_servidor_na_data_de_seus_aniversario.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/146/lei_10_2023_dispoe_sobre_estabelece_obrigatoriedade_ao_poder_executivo_municipal_do_envio_ao_legislativo_municipal_anualmente_do_projeto_de_execucao_ado_fitha.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/147/lei_11_2023_altera_o_anexo_lv_da_lei_municipal_n_1.763_de_01_de_fevereiro_2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/148/lei_12_2023_transparencia_na_execucao_de_emendas_parlamentares_indicadas_ao_municipio_por_deputados_estadual_e_federal_bem_como_a_obrigatoriedade_de_apresentacao_de_relatorios_trimestrais.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/149/lei_13_2023_cria_o_paragrafo_2o_a_no_artigo_97_lei_municipal_no_885_2008_auxilio_saude..pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/270/pl_31-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/271/pl_32-2023_recuperacao_automatica.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/58/pl_21-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/272/plc_01-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/441/procedimento_01-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H159"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="55" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>