--- v0 (2025-12-27)
+++ v1 (2026-03-29)
@@ -48,1158 +48,1158 @@
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
-    <t>Projeto de Lei Ordinária</t>
+    <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Alta Floresta D'Oeste - PMAF</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/150/lei_01_2022_doacao_alienacao_por_doacao_de_bem_movel__que_especifica_a_apae__veiculo_hyundai_hb20__1.0_m.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/150/lei_01_2022_doacao_alienacao_por_doacao_de_bem_movel__que_especifica_a_apae__veiculo_hyundai_hb20__1.0_m.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ALIENAÇÃO POR DOAÇÃO DE BEM MÓVEL QUE ESPECIFICA À APAE-ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE ALTA FLORESTA D'OESTE - RONDÔNIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/151/lei_02_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_valor_r271.26000_aquisicao_de_tubos_pead_concreto_para_drenagem_na_zona_rural.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/151/lei_02_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_valor_r271.26000_aquisicao_de_tubos_pead_concreto_para_drenagem_na_zona_rural.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL EPSEICAL AO ORÇAMENTO VIGENTE DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/152/lei_03_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_valor_r8.600.00000_pavimentacao_asfaltica_em_vias_urbanas_sarjeta_meio_fio_e_drenagem.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/152/lei_03_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_valor_r8.600.00000_pavimentacao_asfaltica_em_vias_urbanas_sarjeta_meio_fio_e_drenagem.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMNETO VIGENTE DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/153/lei_04__2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_valor__r1.463.86201fitha.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/153/lei_04__2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_valor__r1.463.86201fitha.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/154/lei_05_2022_abertura_de_credito_adicional_ao_orcamento_vigente_valor_r703.31195_sentras.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/154/lei_05_2022_abertura_de_credito_adicional_ao_orcamento_vigente_valor_r703.31195_sentras.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/155/lei_06_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_saae_valor_r1.589.15574.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/155/lei_06_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_saae_valor_r1.589.15574.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/156/lei_07_2022_autoriza_ao_poder_executivo_municipal_a_conceder_a_revisao_geral_aos_servidores_publico_s_municipais.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/156/lei_07_2022_autoriza_ao_poder_executivo_municipal_a_conceder_a_revisao_geral_aos_servidores_publico_s_municipais.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AO PODER EXECUTIVO MUNICIPAL A CONCEDER A REVISÃO GERAL AOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/157/lei_08_2022_abertura_de_credito_adicional_especial_do_orcamento_vigente_e_da_outra_s_providencias_valor_r143.72361__s.educacao.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/157/lei_08_2022_abertura_de_credito_adicional_especial_do_orcamento_vigente_e_da_outra_s_providencias_valor_r143.72361__s.educacao.pdf</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/158/lei_09_2022_abertura_de_credito_adicional_especial_ao_orcamento_vegente_e_da_outras_providencias__valor_r622.66200_fundo_municipal_de_saude.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/158/lei_09_2022_abertura_de_credito_adicional_especial_ao_orcamento_vegente_e_da_outras_providencias__valor_r622.66200_fundo_municipal_de_saude.pdf</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/159/lei_10_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_administracao_e_educacao.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/159/lei_10_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_administracao_e_educacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO VIGENTE DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/160/lei_11_2022_abertura_de_credito_adicional_especial_orcamento_vigente_valor_504.604.00_convenio_secretaria_de_agricultura.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/160/lei_11_2022_abertura_de_credito_adicional_especial_orcamento_vigente_valor_504.604.00_convenio_secretaria_de_agricultura.pdf</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/161/lei_12_2022_autoriza_o_poder_executivo_a_conceder_o_reajuste_salarial_aos_acs_agentes_comunitarios_de_saude_e_ace_agentes_comunitarios_as_endemias.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/161/lei_12_2022_autoriza_o_poder_executivo_a_conceder_o_reajuste_salarial_aos_acs_agentes_comunitarios_de_saude_e_ace_agentes_comunitarios_as_endemias.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AO PODER EXECUTIVO MUNICIPAL A CONCEDER O REAJUSTE SALARIAL AOS ACS - AGENTE COMUNITÁRIUOS DE SAÚDE E ACE - AGENTE DE COMBATE ÀS ENDEMIAS.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/162/lei_13_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_semaf_ao_orcamento_vigente_e_da_outras_providencias_2.180.000.00.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/162/lei_13_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_semaf_ao_orcamento_vigente_e_da_outras_providencias_2.180.000.00.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR  ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO VIGEWNTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/163/lei_14_2022_alterar_o_anexo_unico_da_lei_municipal_885_2008_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/163/lei_14_2022_alterar_o_anexo_unico_da_lei_municipal_885_2008_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO ÚNICO DA LEI MINICIPAL 885/2008 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/164/lei_15_2022_dispoe_sobre_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/164/lei_15_2022_dispoe_sobre_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/165/lei_16_dispoe_sobre_abertura_de_credito_adicional_especial_aom_orcamento_vigente_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/165/lei_16_dispoe_sobre_abertura_de_credito_adicional_especial_aom_orcamento_vigente_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/166/lei_17_2022_dispoe_sobre_abertura_de_credito_adicional_vigente_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/166/lei_17_2022_dispoe_sobre_abertura_de_credito_adicional_vigente_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE C´REDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/167/lei_18_2022_autoriza_a_realizacao_de_processo_seletivo_simplificado_destinado_a_contratacao_temporaria.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/167/lei_18_2022_autoriza_a_realizacao_de_processo_seletivo_simplificado_destinado_a_contratacao_temporaria.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO DE PROCESSO SELETIVO SIMPLIFICADO DESTINADO A CONTRATAÇÃO TEMPORÁRIA PARA ATENDER NECESSSIDADE DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO INCISO IX DO AR. 37 DA CONSTITUIÇÃO FEDERAL E ARTIGO 239, IX DA LEI 885/2008, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/168/lei_19_2022_dispoe_sobre_credito_adicioanl_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/168/lei_19_2022_dispoe_sobre_credito_adicioanl_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/169/lei_20_2022_dispoe_sobre_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/169/lei_20_2022_dispoe_sobre_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/170/lei_21_2022_aberturade_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_recurso_de_convenio_315.000.00_infraestrutura.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/170/lei_21_2022_aberturade_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_recurso_de_convenio_315.000.00_infraestrutura.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/171/lei_22_2022_altera_o_anexo_unico_da_lei_municipal_885_2008_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/171/lei_22_2022_altera_o_anexo_unico_da_lei_municipal_885_2008_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO ÚNICO DA LEI MUNICIPAL 885/2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/172/lei_23_2022_altera_o_inciso_i_do_artigo_6_da_lei_municipal_1131_2012.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/172/lei_23_2022_altera_o_inciso_i_do_artigo_6_da_lei_municipal_1131_2012.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO 1 DO ARTIGO 6º DA LEI MUNICIPAL 1131/2012.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/173/lei_24_2022_abertura_de_credito_adicional_especioal_ao_orcamento_e_da_outras_providencias_1.636.549.39_secretaria_municipal_de_educacao.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/173/lei_24_2022_abertura_de_credito_adicional_especioal_ao_orcamento_e_da_outras_providencias_1.636.549.39_secretaria_municipal_de_educacao.pdf</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/174/lei_25_2022_abertura_de_credito_especial_ao_orcamento_vigente_valor_r_433.74200_aquisicao_de_maquinas_agricolas_secretaria_de_agricultura_convenio.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/174/lei_25_2022_abertura_de_credito_especial_ao_orcamento_vigente_valor_r_433.74200_aquisicao_de_maquinas_agricolas_secretaria_de_agricultura_convenio.pdf</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/175/lei2621.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/175/lei2621.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O REAJUSTE DE 33,24% NO PISO SALARIAL DOS PROFISSIONAIS DO MAGISTERIO DO MUNICIPIO DE ALTA FLORESTA D'OESTE-RO PARA O EXERCÍCIO DE 2022, CONFORME DEFINIDO NA PORTARIA Nº 67/2022 DO MINISTÉRIO DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/176/lei_27_2022_abertura_de_credito_adicional_suplementar_por_superavit_financeiro_no_orcamento_vigente_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/176/lei_27_2022_abertura_de_credito_adicional_suplementar_por_superavit_financeiro_no_orcamento_vigente_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERAVIT FINANCEIRO NO ORÇAMENTO VIGENTE DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/177/lei_28_2022_autoriza_o_poder_executivo_municipal_a_confessar_a_parcelar_debitos_do_saae-servico_de_abastecimento_de_agua_e_esgoto_oriundos_da_consumo_de_energia_eletrica_junto_a_energisa_sa.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/177/lei_28_2022_autoriza_o_poder_executivo_municipal_a_confessar_a_parcelar_debitos_do_saae-servico_de_abastecimento_de_agua_e_esgoto_oriundos_da_consumo_de_energia_eletrica_junto_a_energisa_sa.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONFESSAR E PARCELAR DÉBITOS DO SAAE - SERVIÇO DE ABASTECIMENTO DE ÁGUA E ESGOTO ORIUNDOS DO CONSUMO DE ENERGIA ELÉTRICA JUNTO A ENERGISA S/A.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/178/lei_29_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_de_orcamento_vigente_agricultura.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/178/lei_29_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_de_orcamento_vigente_agricultura.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/179/lei_030_2022_autoriza_ao_poder_executivo_municipal_a_fornecer_o_auxilio_alimentacao_e_moradia_aos_medicos_participantes_de_programas_federais.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/179/lei_030_2022_autoriza_ao_poder_executivo_municipal_a_fornecer_o_auxilio_alimentacao_e_moradia_aos_medicos_participantes_de_programas_federais.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AO PODER EXECUTIVO MUNICIPAL A CONCEDER O AUXÍLIO ALIMENTAÇÃO E MORADIA AOS MÉDICOS PARTICIPANTES DE PROGRAMAS FEDEREAIS.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/180/lei_31_2022_autoriza_a_tabela_da_lei_1056.2011_referente_ao_valor_do_plantao_do_medico_anestesista_e_das_outras_providencias.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/180/lei_31_2022_autoriza_a_tabela_da_lei_1056.2011_referente_ao_valor_do_plantao_do_medico_anestesista_e_das_outras_providencias.pdf</t>
   </si>
   <si>
     <t>ALTERAR A TABELA DA LEI MUNICIPAL 1.056/2011, REFERENTE AO VALOR DO PLANTÃO DO MÉDICO ANESTESISTA, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/181/lei_32_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_das_outras_providencias_agricultura.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/181/lei_32_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_das_outras_providencias_agricultura.pdf</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/182/lei_33_2022_altera_dispositivos_junto_a_lei_1435.2018_diarias_de_campo.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/182/lei_33_2022_altera_dispositivos_junto_a_lei_1435.2018_diarias_de_campo.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS JUNTO A LEI 1435/2018, PARA QUE SEJA RECEBIDO E TRAMITADO EM REGIME DE URGÊNCIA E ENCAMINHADO AOS TRAMITES REGIMENTAIS DESTA CASA DE LEIS.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/183/lei_34_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_das_outras_providencias_fundo_municipal_de_saude.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/183/lei_34_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_das_outras_providencias_fundo_municipal_de_saude.pdf</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/184/lei3521.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/184/lei3521.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO E ANULAÇÃO DE DOTAÇÃO ORÇAMENTARIA NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/185/lei_36_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_e_das_outras_providencias_educacao.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/185/lei_36_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_e_das_outras_providencias_educacao.pdf</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/186/lei_37_2022_ratifica_o_protocolo_de_intencoes_do_consorcio_inter_federativo_de_desenvolvimento_de_rondonia_cinde_rondonia_e_das_outras_providencias..pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/186/lei_37_2022_ratifica_o_protocolo_de_intencoes_do_consorcio_inter_federativo_de_desenvolvimento_de_rondonia_cinde_rondonia_e_das_outras_providencias..pdf</t>
   </si>
   <si>
     <t>RATIFICA O PROTOCOLO DE INTENÇÕES DO CONSÓRCIO INTERFEDERATIVO DE DESENVOLVIMENTO DE RONDÔNIA - CINDERONDÔNIA  DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/187/lei_38_2022_abertura_de_credito_adicional_suplementar_por_superavit_financeira_no_orcamento_vigente_e_das_outras_providencias_valor_r_508.35056_fundo_municipal_de_saude.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/187/lei_38_2022_abertura_de_credito_adicional_suplementar_por_superavit_financeira_no_orcamento_vigente_e_das_outras_providencias_valor_r_508.35056_fundo_municipal_de_saude.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERAVIT FINANCEIRO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/188/lei_39_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_das_outras_providencias_valor_r900.00000_fm_saude..pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/188/lei_39_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_das_outras_providencias_valor_r900.00000_fm_saude..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECDAÇÃO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/189/lei_40_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_orcamentaria_vigente_e_da_outras_providencias_secretaria_municipal_de_educacao_r_19.50000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/189/lei_40_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_orcamentaria_vigente_e_da_outras_providencias_secretaria_municipal_de_educacao_r_19.50000.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENICAS.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/190/lei_41_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_da_outras_providencias_fundo_municipal_de_saude_r_700.00000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/190/lei_41_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_da_outras_providencias_fundo_municipal_de_saude_r_700.00000.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/191/lei_42_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_ao_orcamento_vigente_e_da_outras_providencias_secretaria_agricultura_r10.00000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/191/lei_42_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_ao_orcamento_vigente_e_da_outras_providencias_secretaria_agricultura_r10.00000.pdf</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/192/lei_43_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_ao_orcamento_vigente_e_da_outras_providencias_r40.00000_secretaria_municipal_de_esporte_e_cultura.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/192/lei_43_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_ao_orcamento_vigente_e_da_outras_providencias_r40.00000_secretaria_municipal_de_esporte_e_cultura.pdf</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/193/lei_44_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_da_outras_providencias_r164.97397_fundo_municipal_de_saude__aquisicao_de_veiculos.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/193/lei_44_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_da_outras_providencias_r164.97397_fundo_municipal_de_saude__aquisicao_de_veiculos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NO ORÇÃMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/194/lei_45_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente._convenio_obrs_valor_r_447.00000_calha_norte_._aquisicao_minicarregadeira.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/194/lei_45_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente._convenio_obrs_valor_r_447.00000_calha_norte_._aquisicao_minicarregadeira.pdf</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/195/lei4621.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/195/lei4621.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/196/lei4721.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/196/lei4721.pdf</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/197/lei_48_2022__altera_o_anexo_unico_da_lei_municipal_885_2008.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/197/lei_48_2022__altera_o_anexo_unico_da_lei_municipal_885_2008.pdf</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/198/lei_49_2022_abertura_de_credito_especial_ao_orcamento.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/198/lei_49_2022_abertura_de_credito_especial_ao_orcamento.pdf</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/199/lei_50_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/199/lei_50_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente.pdf</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/200/lei_51_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_ao_orcamento_vigente.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/200/lei_51_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_ao_orcamento_vigente.pdf</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/201/lei_52_2022_abertura_de_credito_adicional_especial__ao_orcamento_vigente_e_da_outras_providencias._onibus_valor_r_831.45000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/201/lei_52_2022_abertura_de_credito_adicional_especial__ao_orcamento_vigente_e_da_outras_providencias._onibus_valor_r_831.45000.pdf</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/202/lei_53_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_da_outras_providencias__obra_r_2.000.00000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/202/lei_53_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_da_outras_providencias__obra_r_2.000.00000.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/203/lei_54_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_e_da_outras_providencias_r_10.00000_secretaria_de_agricultura.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/203/lei_54_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_e_da_outras_providencias_r_10.00000_secretaria_de_agricultura.pdf</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/204/lei_55_2022_abertura_de_credito_adicional_especial_no_orcamento_vigente_e_da_outras_providencias_r_139.00000_secretaria_de_educacao__ana_nery_reforma.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/204/lei_55_2022_abertura_de_credito_adicional_especial_no_orcamento_vigente_e_da_outras_providencias_r_139.00000_secretaria_de_educacao__ana_nery_reforma.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/205/lei_56_2022_abertura_de_credito_adicional_especial_no_orcamento_vigente_e_da_outras_providencias_r_292.16923_03_salas_de_aula_escola_boa_esperanca_construcao_de_03_salas.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/205/lei_56_2022_abertura_de_credito_adicional_especial_no_orcamento_vigente_e_da_outras_providencias_r_292.16923_03_salas_de_aula_escola_boa_esperanca_construcao_de_03_salas.pdf</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/206/lei_57_2022_abertura_de_credito_adicional_especial_orcamento_vigente_e_da_outras_providencias_valor_r_1.212.73427_escola_padre_feijo.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/206/lei_57_2022_abertura_de_credito_adicional_especial_orcamento_vigente_e_da_outras_providencias_valor_r_1.212.73427_escola_padre_feijo.pdf</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/207/lei_58_2022_altera_a_tabela_da_lei_municipal_885_2008_criacao_de_cargos_medicos_clinicos_geral_40_horas_medico_pediatra_8_horas_medico_psquiatra_8_horas_motorista_de_viatura_pesada_40_horas.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/207/lei_58_2022_altera_a_tabela_da_lei_municipal_885_2008_criacao_de_cargos_medicos_clinicos_geral_40_horas_medico_pediatra_8_horas_medico_psquiatra_8_horas_motorista_de_viatura_pesada_40_horas.pdf</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/208/lei_59_2022_altera_a_tabela_da_lei_municipal_1056_2011_referente_aos_plantoes_extras_dos_servidores_da_saude_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/208/lei_59_2022_altera_a_tabela_da_lei_municipal_1056_2011_referente_aos_plantoes_extras_dos_servidores_da_saude_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>ALTERA A TABELA DA LEI MUNICIPAL 1056/2011, REFERENTE AOS PLANTÕES EXTRAS DOS SERVIDORES DA SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/209/lei_60_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_da_outra_providencias_r_23500000_fundo_municipal_de_saude..pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/209/lei_60_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_da_outra_providencias_r_23500000_fundo_municipal_de_saude..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/210/lei_61_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_cotacao_no_orcamento_vigente_e_de_outras_providencias.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/210/lei_61_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_cotacao_no_orcamento_vigente_e_de_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/211/lei_62_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao___no_orcamento_vigente_e_das_outras_providencias_valor_259.20000_saae.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/211/lei_62_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao___no_orcamento_vigente_e_das_outras_providencias_valor_259.20000_saae.pdf</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/212/lei_63_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_credito_no_orcamento_vigente_saae.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/212/lei_63_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_credito_no_orcamento_vigente_saae.pdf</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/213/lei_64_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outra_providencias_fundo_municipal_saude.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/213/lei_64_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outra_providencias_fundo_municipal_saude.pdf</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/214/lei_65_2022_altera_dispositivos_junto_a_lei_1435_2018.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/214/lei_65_2022_altera_dispositivos_junto_a_lei_1435_2018.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS JUNTO A LEI 1.435/2018.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/215/lei_66_2022_revisao_do_ppa_-_exercicio_2023_a_2025_compressed_1.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/215/lei_66_2022_revisao_do_ppa_-_exercicio_2023_a_2025_compressed_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO DO PLANO PLURIANUAL DO MUNICÍPIO DE ALTA FLORESTA D'OESTE-RO, PARA O PERÍODO DE 2023 À 2025.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/216/lei_67_2022_diretrizes_para_o_exercicio_financeiro_de_2023.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/216/lei_67_2022_diretrizes_para_o_exercicio_financeiro_de_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/217/lei_68_2022_abertura_de_credito_adicional_especial_no_orcamento_vigente_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/217/lei_68_2022_abertura_de_credito_adicional_especial_no_orcamento_vigente_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/218/lei_69_2022_abertura_de_credito_adicional_especial_por_excesso_de_recursos_vinculado_no_orcamento_vigente_e_da_outra_providencias.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/218/lei_69_2022_abertura_de_credito_adicional_especial_por_excesso_de_recursos_vinculado_no_orcamento_vigente_e_da_outra_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE RECURSO VINCULADO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/219/lei_70_2022_abertura_de_abertura_de_credito_adicional_especial_por_excesso_recurso_vinculado.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/219/lei_70_2022_abertura_de_abertura_de_credito_adicional_especial_por_excesso_recurso_vinculado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSO VINCULADO NO ORÇAMENTO VIGENTE DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/220/lei_71_2022_cria_tabela_de_cargos_permanentes_junto_a_lei_1683_22_planos_de_cargos_remuneracao_dos_profissionais_da_educacao_basica_da_rede_publica_municipal_de_alta_floresta_doeste_rondonia.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/220/lei_71_2022_cria_tabela_de_cargos_permanentes_junto_a_lei_1683_22_planos_de_cargos_remuneracao_dos_profissionais_da_educacao_basica_da_rede_publica_municipal_de_alta_floresta_doeste_rondonia.pdf</t>
   </si>
   <si>
     <t>CRIA A TABELA DE CARGOS PERMANENTES JUNTO A LEI 1.683/2022.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/221/lei_72_2022_abertura_de_credito_adicional_especial_por_recurso_vinculado_no_orcamento_vigente_e_da_outra_providencias_valor_r_415.00000._secretaria_educacao_onibus_escolar.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/221/lei_72_2022_abertura_de_credito_adicional_especial_por_recurso_vinculado_no_orcamento_vigente_e_da_outra_providencias_valor_r_415.00000._secretaria_educacao_onibus_escolar.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSO VINCULADO AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/222/lei_73_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_cotacao_orcamentaria_no_orcamento_vigente_no_valor_de_r33.37200_secretario_esporte_indigenas_rio_branco.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/222/lei_73_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_cotacao_orcamentaria_no_orcamento_vigente_no_valor_de_r33.37200_secretario_esporte_indigenas_rio_branco.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE  DOTAÇÃO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/223/lei_74_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_valor_r_573.28420_secretaria_de_educacao..pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/223/lei_74_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_valor_r_573.28420_secretaria_de_educacao..pdf</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/224/lei_75_2022_altera_a_tabela_da_lei_municipal_1056_2011_referente_ao_valor_das_plantas_dos_tecnicos_em_laboratorio_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/224/lei_75_2022_altera_a_tabela_da_lei_municipal_1056_2011_referente_ao_valor_das_plantas_dos_tecnicos_em_laboratorio_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>ALTERA A TABELA DA LEI MUNICIPAL 1056/2011, REFERENTE AOS PLANTÕES EXTRAS DOS TÉCNICOS EM LABORATÓRIO, E  DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/225/lei_76_2022_abertura_de_credito_adicional_especial_por_recurso_vinculado_ao_orcamento_vigente_valor_r_98.00000_secretaria_de_esporte_obra_literaria.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/225/lei_76_2022_abertura_de_credito_adicional_especial_por_recurso_vinculado_ao_orcamento_vigente_valor_r_98.00000_secretaria_de_esporte_obra_literaria.pdf</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/226/lei_77_2022_abertura_de_credito_edicional_especial_por_recurso_vinculado_ao_orcamento_vigente_e_de_outras_providencias_valor_r_53.26616_sentras_construcao_de_centro_de_referencia.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/226/lei_77_2022_abertura_de_credito_edicional_especial_por_recurso_vinculado_ao_orcamento_vigente_e_de_outras_providencias_valor_r_53.26616_sentras_construcao_de_centro_de_referencia.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL  ESPECIAL POR RECURSO VINCULADO AO ORÇAMENTO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/227/lei_78_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_e_da_outras_providencias_valor_r_445.78350_fundo_m._saude.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/227/lei_78_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_e_da_outras_providencias_valor_r_445.78350_fundo_m._saude.pdf</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/228/lei7921.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/228/lei7921.pdf</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/229/lei_80_2022_abertura_de_credito_adicional_suplementar_por_axcesso_de_arrecadacao_no_orcamento_vigente_e_da_outros_providencias_valor_r_900.0000_sec._infraestrutura.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/229/lei_80_2022_abertura_de_credito_adicional_suplementar_por_axcesso_de_arrecadacao_no_orcamento_vigente_e_da_outros_providencias_valor_r_900.0000_sec._infraestrutura.pdf</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/230/lei_81_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_r_37.00000_adm._financas..pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/230/lei_81_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_r_37.00000_adm._financas..pdf</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/231/lei_82_2022_doacao_restituicao_de_area_de_terra_rural_maria_terezinha_mendonca_naitece.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/231/lei_82_2022_doacao_restituicao_de_area_de_terra_rural_maria_terezinha_mendonca_naitece.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL EFETUAR A DOAÇÃO/RESTITUIÇÃO DE ÁREA DE TERRA RURAL.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/232/lei_83_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_do_orcamento_vigente_vlor_r_65.28000_educacao..pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/232/lei_83_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_do_orcamento_vigente_vlor_r_65.28000_educacao..pdf</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/233/lei_84_2022_dispoe_sobre_abertura_de_credito_suplementar_por_anulacao_de_dotacao_orcamentaria_no_orcamento_vigente_e_da_outras_providencias_camara_r_373.97358.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/233/lei_84_2022_dispoe_sobre_abertura_de_credito_suplementar_por_anulacao_de_dotacao_orcamentaria_no_orcamento_vigente_e_da_outras_providencias_camara_r_373.97358.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO ORÇAMENTARIA NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/234/lei_85_2022_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_valor_r_154.28490_saude..pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/234/lei_85_2022_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_valor_r_154.28490_saude..pdf</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/235/lei_86_2022_abertura_de_credido_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_educacao_valor_r_34.00000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/235/lei_86_2022_abertura_de_credido_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_educacao_valor_r_34.00000.pdf</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/236/lei_87_2022_abertura_de_credito_adicional_especial_por_recurso_vinculado_ao_orcamento_vigente_sec._educacao_valor_r_269.83700.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/236/lei_87_2022_abertura_de_credito_adicional_especial_por_recurso_vinculado_ao_orcamento_vigente_sec._educacao_valor_r_269.83700.pdf</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/237/lei_88_2022_orcamento_2022_estima_a_receita_e_fixa_a_despesa_do_municipio_de_alta_floresta_doeste__ro__valor_r_99.009.12500.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/237/lei_88_2022_orcamento_2022_estima_a_receita_e_fixa_a_despesa_do_municipio_de_alta_floresta_doeste__ro__valor_r_99.009.12500.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ALTA FLORESTA D'OESTE-RO PARA O EXERCÍCIO DE 2.023.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/238/lei_89_2022_abertura_de_credito_adicional_especial_por_recurso_vinculado_ao_orcamento_vigente..pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/238/lei_89_2022_abertura_de_credito_adicional_especial_por_recurso_vinculado_ao_orcamento_vigente..pdf</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/239/lei_90_2022_abertura_de_credito_adicional_especial_de_orcamento_vigente_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/239/lei_90_2022_abertura_de_credito_adicional_especial_de_orcamento_vigente_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/240/lei_91_2022_credito_adicional_suplementar_por_excesso_de_arrecadacao_valor_r_700.00000_infraestrutura.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/240/lei_91_2022_credito_adicional_suplementar_por_excesso_de_arrecadacao_valor_r_700.00000_infraestrutura.pdf</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/241/lei_92_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao__de_orcamento_vigente_valor_r_380.00000_educacao_posto_de_saude.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/241/lei_92_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao__de_orcamento_vigente_valor_r_380.00000_educacao_posto_de_saude.pdf</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/242/lei_93_2022_abertura_de_credito_adicional_especial_de_orcamento_vigente_valor_r_269.837_educacao.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/242/lei_93_2022_abertura_de_credito_adicional_especial_de_orcamento_vigente_valor_r_269.837_educacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE  CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/243/lei_94_2022_abertura_de_credito_adicional_especial_de_orcamento_vigente_valor_r_700.000_obras_caminhao_cacamba_.coletor_de_lixo.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/243/lei_94_2022_abertura_de_credito_adicional_especial_de_orcamento_vigente_valor_r_700.000_obras_caminhao_cacamba_.coletor_de_lixo.pdf</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/244/lei_95_2022_reverter_ao_patrimonio_do_municipio_de_alta_floresta_doeste-_ro_area_parcial_constante_do_art._2_da_lei_municipal_n_293_de_28_de_novembro_de_1995..pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/244/lei_95_2022_reverter_ao_patrimonio_do_municipio_de_alta_floresta_doeste-_ro_area_parcial_constante_do_art._2_da_lei_municipal_n_293_de_28_de_novembro_de_1995..pdf</t>
   </si>
   <si>
     <t>REVERTE AO PATRIMÔNIO DO MUNICÍPIO DE ALTA FLORESTA 'DOESTE-RO, ÁREA PARCIAL CONSTANTE DO ART. 2º DA LEI MUNICIPAL Nº 293, DE 28 DE NOVEMBRO DE 1.995.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/245/lei_96_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_valor_r_533.00000_camara_sesau._semag.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/245/lei_96_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_valor_r_533.00000_camara_sesau._semag.pdf</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/246/lei_97_2022_credito_adicional_especial_de_orcamento_vigente_valor_r46.34900.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/246/lei_97_2022_credito_adicional_especial_de_orcamento_vigente_valor_r46.34900.pdf</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/247/lei_98_2022_abertura_de_credito_adicional_suplementar_no_orcamento_vigente_por_anulacao_de_dotacao_saae_valor_r_65.50000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/247/lei_98_2022_abertura_de_credito_adicional_suplementar_no_orcamento_vigente_por_anulacao_de_dotacao_saae_valor_r_65.50000.pdf</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/248/lei_99_2022_abertura_de_credito_adicional_suplementar_no_orcamento_vigente_por_anulacao_de_dotacao_orcamentaria_saude_manutencao_da_pab_r_200.00000.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/248/lei_99_2022_abertura_de_credito_adicional_suplementar_no_orcamento_vigente_por_anulacao_de_dotacao_orcamentaria_saude_manutencao_da_pab_r_200.00000.pdf</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/249/lei_100_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_na_vigente_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/249/lei_100_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_na_vigente_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR  ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO</t>
   </si>
   <si>
     <t>Câmara Municipal de Alta Floresta D'Oeste - CMAFO</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/250/lei_1_2022_utilidade_publica_associacao_projeto_scarleti.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/250/lei_1_2022_utilidade_publica_associacao_projeto_scarleti.pdf</t>
   </si>
   <si>
     <t>DECLARAÇÃO DE UTILIDADE PÚBLICA A ASSOCIAÇÃO PROJETO SCARLETT DE ALTA FLORESTA D'OESTE-RO.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/251/lei_2_2022_fica_autorizado_o_registro_salarial_aos_servidores_da_camara_de_alta_floresta_d__oeste_ro.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/251/lei_2_2022_fica_autorizado_o_registro_salarial_aos_servidores_da_camara_de_alta_floresta_d__oeste_ro.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O REAJUSTE SALARIAL AOS SERVIDORES DA CÂMARA MUNICIPAL DE ALTA FLORESTA D'OESTE, ESTADO DE RONDONIA.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/252/lei_3_2022_declara_de_utilidade_publica_a_associacao_futebol_clube_alta_floresta_d_oeste_ro.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/252/lei_3_2022_declara_de_utilidade_publica_a_associacao_futebol_clube_alta_floresta_d_oeste_ro.pdf</t>
   </si>
   <si>
     <t>DECLARAÇÃO DE UTILIDADE PÚBLICA A ASSOCIAÇÃO FUTEBOL CLUBE ALTA DE ALTA FLROESTA D'OESTE-RO.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/253/lei_4_2022_associacao_pata_amiga.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/253/lei_4_2022_associacao_pata_amiga.pdf</t>
   </si>
   <si>
     <t>DECLARAÇÃO DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE PROTEÇÃO E VALORIZAÇÃO DA VIDA ANIMAL - PATA AMIGA.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/254/lei_5_2022_dispoe_sobre_autoriza_ao_poder_executivo_municipal_atender_produtores_rurais_na_criacao_e_manutencao_de_carreadores_dentro_de_propriedades_particulares_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/254/lei_5_2022_dispoe_sobre_autoriza_ao_poder_executivo_municipal_atender_produtores_rurais_na_criacao_e_manutencao_de_carreadores_dentro_de_propriedades_particulares_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AO PODER EXECUTIVO MUNICIPAL ATENDER PRODUTORES RURAIS NA CRIAÇÃO E MANUTENÇÃO DE CARREADORES DENTRO DE PROPRIEDADES PARTICULARES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1506,51 +1506,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/150/lei_01_2022_doacao_alienacao_por_doacao_de_bem_movel__que_especifica_a_apae__veiculo_hyundai_hb20__1.0_m.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/151/lei_02_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_valor_r271.26000_aquisicao_de_tubos_pead_concreto_para_drenagem_na_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/152/lei_03_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_valor_r8.600.00000_pavimentacao_asfaltica_em_vias_urbanas_sarjeta_meio_fio_e_drenagem.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/153/lei_04__2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_valor__r1.463.86201fitha.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/154/lei_05_2022_abertura_de_credito_adicional_ao_orcamento_vigente_valor_r703.31195_sentras.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/155/lei_06_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_saae_valor_r1.589.15574.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/156/lei_07_2022_autoriza_ao_poder_executivo_municipal_a_conceder_a_revisao_geral_aos_servidores_publico_s_municipais.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/157/lei_08_2022_abertura_de_credito_adicional_especial_do_orcamento_vigente_e_da_outra_s_providencias_valor_r143.72361__s.educacao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/158/lei_09_2022_abertura_de_credito_adicional_especial_ao_orcamento_vegente_e_da_outras_providencias__valor_r622.66200_fundo_municipal_de_saude.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/159/lei_10_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_administracao_e_educacao.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/160/lei_11_2022_abertura_de_credito_adicional_especial_orcamento_vigente_valor_504.604.00_convenio_secretaria_de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/161/lei_12_2022_autoriza_o_poder_executivo_a_conceder_o_reajuste_salarial_aos_acs_agentes_comunitarios_de_saude_e_ace_agentes_comunitarios_as_endemias.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/162/lei_13_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_semaf_ao_orcamento_vigente_e_da_outras_providencias_2.180.000.00.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/163/lei_14_2022_alterar_o_anexo_unico_da_lei_municipal_885_2008_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/164/lei_15_2022_dispoe_sobre_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/165/lei_16_dispoe_sobre_abertura_de_credito_adicional_especial_aom_orcamento_vigente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/166/lei_17_2022_dispoe_sobre_abertura_de_credito_adicional_vigente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/167/lei_18_2022_autoriza_a_realizacao_de_processo_seletivo_simplificado_destinado_a_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/168/lei_19_2022_dispoe_sobre_credito_adicioanl_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/169/lei_20_2022_dispoe_sobre_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/170/lei_21_2022_aberturade_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_recurso_de_convenio_315.000.00_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/171/lei_22_2022_altera_o_anexo_unico_da_lei_municipal_885_2008_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/172/lei_23_2022_altera_o_inciso_i_do_artigo_6_da_lei_municipal_1131_2012.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/173/lei_24_2022_abertura_de_credito_adicional_especioal_ao_orcamento_e_da_outras_providencias_1.636.549.39_secretaria_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/174/lei_25_2022_abertura_de_credito_especial_ao_orcamento_vigente_valor_r_433.74200_aquisicao_de_maquinas_agricolas_secretaria_de_agricultura_convenio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/175/lei2621.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/176/lei_27_2022_abertura_de_credito_adicional_suplementar_por_superavit_financeiro_no_orcamento_vigente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/177/lei_28_2022_autoriza_o_poder_executivo_municipal_a_confessar_a_parcelar_debitos_do_saae-servico_de_abastecimento_de_agua_e_esgoto_oriundos_da_consumo_de_energia_eletrica_junto_a_energisa_sa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/178/lei_29_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_de_orcamento_vigente_agricultura.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/179/lei_030_2022_autoriza_ao_poder_executivo_municipal_a_fornecer_o_auxilio_alimentacao_e_moradia_aos_medicos_participantes_de_programas_federais.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/180/lei_31_2022_autoriza_a_tabela_da_lei_1056.2011_referente_ao_valor_do_plantao_do_medico_anestesista_e_das_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/181/lei_32_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_das_outras_providencias_agricultura.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/182/lei_33_2022_altera_dispositivos_junto_a_lei_1435.2018_diarias_de_campo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/183/lei_34_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_das_outras_providencias_fundo_municipal_de_saude.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/184/lei3521.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/185/lei_36_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_e_das_outras_providencias_educacao.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/186/lei_37_2022_ratifica_o_protocolo_de_intencoes_do_consorcio_inter_federativo_de_desenvolvimento_de_rondonia_cinde_rondonia_e_das_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/187/lei_38_2022_abertura_de_credito_adicional_suplementar_por_superavit_financeira_no_orcamento_vigente_e_das_outras_providencias_valor_r_508.35056_fundo_municipal_de_saude.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/188/lei_39_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_das_outras_providencias_valor_r900.00000_fm_saude..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/189/lei_40_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_orcamentaria_vigente_e_da_outras_providencias_secretaria_municipal_de_educacao_r_19.50000.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/190/lei_41_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_da_outras_providencias_fundo_municipal_de_saude_r_700.00000.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/191/lei_42_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_ao_orcamento_vigente_e_da_outras_providencias_secretaria_agricultura_r10.00000.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/192/lei_43_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_ao_orcamento_vigente_e_da_outras_providencias_r40.00000_secretaria_municipal_de_esporte_e_cultura.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/193/lei_44_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_da_outras_providencias_r164.97397_fundo_municipal_de_saude__aquisicao_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/194/lei_45_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente._convenio_obrs_valor_r_447.00000_calha_norte_._aquisicao_minicarregadeira.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/195/lei4621.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/196/lei4721.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/197/lei_48_2022__altera_o_anexo_unico_da_lei_municipal_885_2008.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/198/lei_49_2022_abertura_de_credito_especial_ao_orcamento.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/199/lei_50_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/200/lei_51_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_ao_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/201/lei_52_2022_abertura_de_credito_adicional_especial__ao_orcamento_vigente_e_da_outras_providencias._onibus_valor_r_831.45000.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/202/lei_53_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_da_outras_providencias__obra_r_2.000.00000.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/203/lei_54_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_e_da_outras_providencias_r_10.00000_secretaria_de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/204/lei_55_2022_abertura_de_credito_adicional_especial_no_orcamento_vigente_e_da_outras_providencias_r_139.00000_secretaria_de_educacao__ana_nery_reforma.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/205/lei_56_2022_abertura_de_credito_adicional_especial_no_orcamento_vigente_e_da_outras_providencias_r_292.16923_03_salas_de_aula_escola_boa_esperanca_construcao_de_03_salas.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/206/lei_57_2022_abertura_de_credito_adicional_especial_orcamento_vigente_e_da_outras_providencias_valor_r_1.212.73427_escola_padre_feijo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/207/lei_58_2022_altera_a_tabela_da_lei_municipal_885_2008_criacao_de_cargos_medicos_clinicos_geral_40_horas_medico_pediatra_8_horas_medico_psquiatra_8_horas_motorista_de_viatura_pesada_40_horas.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/208/lei_59_2022_altera_a_tabela_da_lei_municipal_1056_2011_referente_aos_plantoes_extras_dos_servidores_da_saude_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/209/lei_60_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_da_outra_providencias_r_23500000_fundo_municipal_de_saude..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/210/lei_61_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_cotacao_no_orcamento_vigente_e_de_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/211/lei_62_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao___no_orcamento_vigente_e_das_outras_providencias_valor_259.20000_saae.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/212/lei_63_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_credito_no_orcamento_vigente_saae.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/213/lei_64_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outra_providencias_fundo_municipal_saude.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/214/lei_65_2022_altera_dispositivos_junto_a_lei_1435_2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/215/lei_66_2022_revisao_do_ppa_-_exercicio_2023_a_2025_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/216/lei_67_2022_diretrizes_para_o_exercicio_financeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/217/lei_68_2022_abertura_de_credito_adicional_especial_no_orcamento_vigente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/218/lei_69_2022_abertura_de_credito_adicional_especial_por_excesso_de_recursos_vinculado_no_orcamento_vigente_e_da_outra_providencias.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/219/lei_70_2022_abertura_de_abertura_de_credito_adicional_especial_por_excesso_recurso_vinculado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/220/lei_71_2022_cria_tabela_de_cargos_permanentes_junto_a_lei_1683_22_planos_de_cargos_remuneracao_dos_profissionais_da_educacao_basica_da_rede_publica_municipal_de_alta_floresta_doeste_rondonia.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/221/lei_72_2022_abertura_de_credito_adicional_especial_por_recurso_vinculado_no_orcamento_vigente_e_da_outra_providencias_valor_r_415.00000._secretaria_educacao_onibus_escolar.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/222/lei_73_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_cotacao_orcamentaria_no_orcamento_vigente_no_valor_de_r33.37200_secretario_esporte_indigenas_rio_branco.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/223/lei_74_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_valor_r_573.28420_secretaria_de_educacao..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/224/lei_75_2022_altera_a_tabela_da_lei_municipal_1056_2011_referente_ao_valor_das_plantas_dos_tecnicos_em_laboratorio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/225/lei_76_2022_abertura_de_credito_adicional_especial_por_recurso_vinculado_ao_orcamento_vigente_valor_r_98.00000_secretaria_de_esporte_obra_literaria.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/226/lei_77_2022_abertura_de_credito_edicional_especial_por_recurso_vinculado_ao_orcamento_vigente_e_de_outras_providencias_valor_r_53.26616_sentras_construcao_de_centro_de_referencia.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/227/lei_78_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_e_da_outras_providencias_valor_r_445.78350_fundo_m._saude.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/228/lei7921.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/229/lei_80_2022_abertura_de_credito_adicional_suplementar_por_axcesso_de_arrecadacao_no_orcamento_vigente_e_da_outros_providencias_valor_r_900.0000_sec._infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/230/lei_81_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_r_37.00000_adm._financas..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/231/lei_82_2022_doacao_restituicao_de_area_de_terra_rural_maria_terezinha_mendonca_naitece.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/232/lei_83_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_do_orcamento_vigente_vlor_r_65.28000_educacao..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/233/lei_84_2022_dispoe_sobre_abertura_de_credito_suplementar_por_anulacao_de_dotacao_orcamentaria_no_orcamento_vigente_e_da_outras_providencias_camara_r_373.97358.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/234/lei_85_2022_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_valor_r_154.28490_saude..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/235/lei_86_2022_abertura_de_credido_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_educacao_valor_r_34.00000.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/236/lei_87_2022_abertura_de_credito_adicional_especial_por_recurso_vinculado_ao_orcamento_vigente_sec._educacao_valor_r_269.83700.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/237/lei_88_2022_orcamento_2022_estima_a_receita_e_fixa_a_despesa_do_municipio_de_alta_floresta_doeste__ro__valor_r_99.009.12500.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/238/lei_89_2022_abertura_de_credito_adicional_especial_por_recurso_vinculado_ao_orcamento_vigente..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/239/lei_90_2022_abertura_de_credito_adicional_especial_de_orcamento_vigente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/240/lei_91_2022_credito_adicional_suplementar_por_excesso_de_arrecadacao_valor_r_700.00000_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/241/lei_92_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao__de_orcamento_vigente_valor_r_380.00000_educacao_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/242/lei_93_2022_abertura_de_credito_adicional_especial_de_orcamento_vigente_valor_r_269.837_educacao.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/243/lei_94_2022_abertura_de_credito_adicional_especial_de_orcamento_vigente_valor_r_700.000_obras_caminhao_cacamba_.coletor_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/244/lei_95_2022_reverter_ao_patrimonio_do_municipio_de_alta_floresta_doeste-_ro_area_parcial_constante_do_art._2_da_lei_municipal_n_293_de_28_de_novembro_de_1995..pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/245/lei_96_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_valor_r_533.00000_camara_sesau._semag.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/246/lei_97_2022_credito_adicional_especial_de_orcamento_vigente_valor_r46.34900.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/247/lei_98_2022_abertura_de_credito_adicional_suplementar_no_orcamento_vigente_por_anulacao_de_dotacao_saae_valor_r_65.50000.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/248/lei_99_2022_abertura_de_credito_adicional_suplementar_no_orcamento_vigente_por_anulacao_de_dotacao_orcamentaria_saude_manutencao_da_pab_r_200.00000.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/249/lei_100_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_na_vigente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/250/lei_1_2022_utilidade_publica_associacao_projeto_scarleti.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/251/lei_2_2022_fica_autorizado_o_registro_salarial_aos_servidores_da_camara_de_alta_floresta_d__oeste_ro.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/252/lei_3_2022_declara_de_utilidade_publica_a_associacao_futebol_clube_alta_floresta_d_oeste_ro.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/253/lei_4_2022_associacao_pata_amiga.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/254/lei_5_2022_dispoe_sobre_autoriza_ao_poder_executivo_municipal_atender_produtores_rurais_na_criacao_e_manutencao_de_carreadores_dentro_de_propriedades_particulares_e_da_outras_providencias.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/150/lei_01_2022_doacao_alienacao_por_doacao_de_bem_movel__que_especifica_a_apae__veiculo_hyundai_hb20__1.0_m.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/151/lei_02_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_valor_r271.26000_aquisicao_de_tubos_pead_concreto_para_drenagem_na_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/152/lei_03_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_valor_r8.600.00000_pavimentacao_asfaltica_em_vias_urbanas_sarjeta_meio_fio_e_drenagem.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/153/lei_04__2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_valor__r1.463.86201fitha.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/154/lei_05_2022_abertura_de_credito_adicional_ao_orcamento_vigente_valor_r703.31195_sentras.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/155/lei_06_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_saae_valor_r1.589.15574.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/156/lei_07_2022_autoriza_ao_poder_executivo_municipal_a_conceder_a_revisao_geral_aos_servidores_publico_s_municipais.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/157/lei_08_2022_abertura_de_credito_adicional_especial_do_orcamento_vigente_e_da_outra_s_providencias_valor_r143.72361__s.educacao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/158/lei_09_2022_abertura_de_credito_adicional_especial_ao_orcamento_vegente_e_da_outras_providencias__valor_r622.66200_fundo_municipal_de_saude.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/159/lei_10_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_administracao_e_educacao.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/160/lei_11_2022_abertura_de_credito_adicional_especial_orcamento_vigente_valor_504.604.00_convenio_secretaria_de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/161/lei_12_2022_autoriza_o_poder_executivo_a_conceder_o_reajuste_salarial_aos_acs_agentes_comunitarios_de_saude_e_ace_agentes_comunitarios_as_endemias.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/162/lei_13_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_semaf_ao_orcamento_vigente_e_da_outras_providencias_2.180.000.00.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/163/lei_14_2022_alterar_o_anexo_unico_da_lei_municipal_885_2008_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/164/lei_15_2022_dispoe_sobre_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/165/lei_16_dispoe_sobre_abertura_de_credito_adicional_especial_aom_orcamento_vigente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/166/lei_17_2022_dispoe_sobre_abertura_de_credito_adicional_vigente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/167/lei_18_2022_autoriza_a_realizacao_de_processo_seletivo_simplificado_destinado_a_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/168/lei_19_2022_dispoe_sobre_credito_adicioanl_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/169/lei_20_2022_dispoe_sobre_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/170/lei_21_2022_aberturade_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_recurso_de_convenio_315.000.00_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/171/lei_22_2022_altera_o_anexo_unico_da_lei_municipal_885_2008_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/172/lei_23_2022_altera_o_inciso_i_do_artigo_6_da_lei_municipal_1131_2012.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/173/lei_24_2022_abertura_de_credito_adicional_especioal_ao_orcamento_e_da_outras_providencias_1.636.549.39_secretaria_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/174/lei_25_2022_abertura_de_credito_especial_ao_orcamento_vigente_valor_r_433.74200_aquisicao_de_maquinas_agricolas_secretaria_de_agricultura_convenio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/175/lei2621.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/176/lei_27_2022_abertura_de_credito_adicional_suplementar_por_superavit_financeiro_no_orcamento_vigente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/177/lei_28_2022_autoriza_o_poder_executivo_municipal_a_confessar_a_parcelar_debitos_do_saae-servico_de_abastecimento_de_agua_e_esgoto_oriundos_da_consumo_de_energia_eletrica_junto_a_energisa_sa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/178/lei_29_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_de_orcamento_vigente_agricultura.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/179/lei_030_2022_autoriza_ao_poder_executivo_municipal_a_fornecer_o_auxilio_alimentacao_e_moradia_aos_medicos_participantes_de_programas_federais.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/180/lei_31_2022_autoriza_a_tabela_da_lei_1056.2011_referente_ao_valor_do_plantao_do_medico_anestesista_e_das_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/181/lei_32_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_das_outras_providencias_agricultura.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/182/lei_33_2022_altera_dispositivos_junto_a_lei_1435.2018_diarias_de_campo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/183/lei_34_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_das_outras_providencias_fundo_municipal_de_saude.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/184/lei3521.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/185/lei_36_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_e_das_outras_providencias_educacao.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/186/lei_37_2022_ratifica_o_protocolo_de_intencoes_do_consorcio_inter_federativo_de_desenvolvimento_de_rondonia_cinde_rondonia_e_das_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/187/lei_38_2022_abertura_de_credito_adicional_suplementar_por_superavit_financeira_no_orcamento_vigente_e_das_outras_providencias_valor_r_508.35056_fundo_municipal_de_saude.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/188/lei_39_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_das_outras_providencias_valor_r900.00000_fm_saude..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/189/lei_40_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_orcamentaria_vigente_e_da_outras_providencias_secretaria_municipal_de_educacao_r_19.50000.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/190/lei_41_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_da_outras_providencias_fundo_municipal_de_saude_r_700.00000.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/191/lei_42_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_ao_orcamento_vigente_e_da_outras_providencias_secretaria_agricultura_r10.00000.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/192/lei_43_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_ao_orcamento_vigente_e_da_outras_providencias_r40.00000_secretaria_municipal_de_esporte_e_cultura.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/193/lei_44_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_da_outras_providencias_r164.97397_fundo_municipal_de_saude__aquisicao_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/194/lei_45_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente._convenio_obrs_valor_r_447.00000_calha_norte_._aquisicao_minicarregadeira.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/195/lei4621.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/196/lei4721.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/197/lei_48_2022__altera_o_anexo_unico_da_lei_municipal_885_2008.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/198/lei_49_2022_abertura_de_credito_especial_ao_orcamento.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/199/lei_50_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/200/lei_51_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_ao_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/201/lei_52_2022_abertura_de_credito_adicional_especial__ao_orcamento_vigente_e_da_outras_providencias._onibus_valor_r_831.45000.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/202/lei_53_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_da_outras_providencias__obra_r_2.000.00000.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/203/lei_54_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_e_da_outras_providencias_r_10.00000_secretaria_de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/204/lei_55_2022_abertura_de_credito_adicional_especial_no_orcamento_vigente_e_da_outras_providencias_r_139.00000_secretaria_de_educacao__ana_nery_reforma.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/205/lei_56_2022_abertura_de_credito_adicional_especial_no_orcamento_vigente_e_da_outras_providencias_r_292.16923_03_salas_de_aula_escola_boa_esperanca_construcao_de_03_salas.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/206/lei_57_2022_abertura_de_credito_adicional_especial_orcamento_vigente_e_da_outras_providencias_valor_r_1.212.73427_escola_padre_feijo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/207/lei_58_2022_altera_a_tabela_da_lei_municipal_885_2008_criacao_de_cargos_medicos_clinicos_geral_40_horas_medico_pediatra_8_horas_medico_psquiatra_8_horas_motorista_de_viatura_pesada_40_horas.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/208/lei_59_2022_altera_a_tabela_da_lei_municipal_1056_2011_referente_aos_plantoes_extras_dos_servidores_da_saude_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/209/lei_60_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_e_da_outra_providencias_r_23500000_fundo_municipal_de_saude..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/210/lei_61_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_cotacao_no_orcamento_vigente_e_de_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/211/lei_62_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao___no_orcamento_vigente_e_das_outras_providencias_valor_259.20000_saae.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/212/lei_63_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_credito_no_orcamento_vigente_saae.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/213/lei_64_2022_abertura_de_credito_adicional_especial_ao_orcamento_vigente_e_da_outra_providencias_fundo_municipal_saude.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/214/lei_65_2022_altera_dispositivos_junto_a_lei_1435_2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/215/lei_66_2022_revisao_do_ppa_-_exercicio_2023_a_2025_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/216/lei_67_2022_diretrizes_para_o_exercicio_financeiro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/217/lei_68_2022_abertura_de_credito_adicional_especial_no_orcamento_vigente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/218/lei_69_2022_abertura_de_credito_adicional_especial_por_excesso_de_recursos_vinculado_no_orcamento_vigente_e_da_outra_providencias.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/219/lei_70_2022_abertura_de_abertura_de_credito_adicional_especial_por_excesso_recurso_vinculado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/220/lei_71_2022_cria_tabela_de_cargos_permanentes_junto_a_lei_1683_22_planos_de_cargos_remuneracao_dos_profissionais_da_educacao_basica_da_rede_publica_municipal_de_alta_floresta_doeste_rondonia.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/221/lei_72_2022_abertura_de_credito_adicional_especial_por_recurso_vinculado_no_orcamento_vigente_e_da_outra_providencias_valor_r_415.00000._secretaria_educacao_onibus_escolar.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/222/lei_73_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_cotacao_orcamentaria_no_orcamento_vigente_no_valor_de_r33.37200_secretario_esporte_indigenas_rio_branco.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/223/lei_74_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_valor_r_573.28420_secretaria_de_educacao..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/224/lei_75_2022_altera_a_tabela_da_lei_municipal_1056_2011_referente_ao_valor_das_plantas_dos_tecnicos_em_laboratorio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/225/lei_76_2022_abertura_de_credito_adicional_especial_por_recurso_vinculado_ao_orcamento_vigente_valor_r_98.00000_secretaria_de_esporte_obra_literaria.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/226/lei_77_2022_abertura_de_credito_edicional_especial_por_recurso_vinculado_ao_orcamento_vigente_e_de_outras_providencias_valor_r_53.26616_sentras_construcao_de_centro_de_referencia.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/227/lei_78_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_e_da_outras_providencias_valor_r_445.78350_fundo_m._saude.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/228/lei7921.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/229/lei_80_2022_abertura_de_credito_adicional_suplementar_por_axcesso_de_arrecadacao_no_orcamento_vigente_e_da_outros_providencias_valor_r_900.0000_sec._infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/230/lei_81_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao_no_orcamento_vigente_r_37.00000_adm._financas..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/231/lei_82_2022_doacao_restituicao_de_area_de_terra_rural_maria_terezinha_mendonca_naitece.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/232/lei_83_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_do_orcamento_vigente_vlor_r_65.28000_educacao..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/233/lei_84_2022_dispoe_sobre_abertura_de_credito_suplementar_por_anulacao_de_dotacao_orcamentaria_no_orcamento_vigente_e_da_outras_providencias_camara_r_373.97358.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/234/lei_85_2022_credito_adicional_especial_ao_orcamento_vigente_e_da_outras_providencias_valor_r_154.28490_saude..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/235/lei_86_2022_abertura_de_credido_adicional_suplementar_por_anulacao_de_dotacao_no_orcamento_vigente_educacao_valor_r_34.00000.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/236/lei_87_2022_abertura_de_credito_adicional_especial_por_recurso_vinculado_ao_orcamento_vigente_sec._educacao_valor_r_269.83700.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/237/lei_88_2022_orcamento_2022_estima_a_receita_e_fixa_a_despesa_do_municipio_de_alta_floresta_doeste__ro__valor_r_99.009.12500.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/238/lei_89_2022_abertura_de_credito_adicional_especial_por_recurso_vinculado_ao_orcamento_vigente..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/239/lei_90_2022_abertura_de_credito_adicional_especial_de_orcamento_vigente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/240/lei_91_2022_credito_adicional_suplementar_por_excesso_de_arrecadacao_valor_r_700.00000_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/241/lei_92_2022_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao__de_orcamento_vigente_valor_r_380.00000_educacao_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/242/lei_93_2022_abertura_de_credito_adicional_especial_de_orcamento_vigente_valor_r_269.837_educacao.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/243/lei_94_2022_abertura_de_credito_adicional_especial_de_orcamento_vigente_valor_r_700.000_obras_caminhao_cacamba_.coletor_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/244/lei_95_2022_reverter_ao_patrimonio_do_municipio_de_alta_floresta_doeste-_ro_area_parcial_constante_do_art._2_da_lei_municipal_n_293_de_28_de_novembro_de_1995..pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/245/lei_96_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_valor_r_533.00000_camara_sesau._semag.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/246/lei_97_2022_credito_adicional_especial_de_orcamento_vigente_valor_r46.34900.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/247/lei_98_2022_abertura_de_credito_adicional_suplementar_no_orcamento_vigente_por_anulacao_de_dotacao_saae_valor_r_65.50000.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/248/lei_99_2022_abertura_de_credito_adicional_suplementar_no_orcamento_vigente_por_anulacao_de_dotacao_orcamentaria_saude_manutencao_da_pab_r_200.00000.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/249/lei_100_2022_abertura_de_credito_adicional_suplementar_por_anulacao_de_dotacao_na_vigente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/250/lei_1_2022_utilidade_publica_associacao_projeto_scarleti.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/251/lei_2_2022_fica_autorizado_o_registro_salarial_aos_servidores_da_camara_de_alta_floresta_d__oeste_ro.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/252/lei_3_2022_declara_de_utilidade_publica_a_associacao_futebol_clube_alta_floresta_d_oeste_ro.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/253/lei_4_2022_associacao_pata_amiga.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.altaflorestadoeste.ro.leg.br/media/sapl/public/materialegislativa/2022/254/lei_5_2022_dispoe_sobre_autoriza_ao_poder_executivo_municipal_atender_produtores_rurais_na_criacao_e_manutencao_de_carreadores_dentro_de_propriedades_particulares_e_da_outras_providencias.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H106"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>